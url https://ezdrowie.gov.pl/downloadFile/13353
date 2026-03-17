--- v0 (2025-11-25)
+++ v1 (2026-03-17)
@@ -45,85 +45,85 @@
   <w:body>
     <w:p w14:paraId="4507B0EF" w14:textId="24DFDF62" w:rsidR="00927C10" w:rsidRPr="00335785" w:rsidRDefault="004748C5" w:rsidP="0035161B">
       <w:pPr>
         <w:pStyle w:val="Tytudokumentu"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="70"/>
           <w:szCs w:val="70"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00335785">
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="0014150D" w:rsidRPr="00335785">
         <w:t>ajczęściej zadawane pytania dostawców oprogramowania (FAQ).</w:t>
       </w:r>
       <w:r w:rsidR="0014150D" w:rsidRPr="00335785">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00335785">
         <w:t>e-Rejestracja</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66B86A07" w14:textId="0E52AF18" w:rsidR="00927C10" w:rsidRPr="0035161B" w:rsidRDefault="0C2EF592" w:rsidP="0035161B">
+    <w:p w14:paraId="66B86A07" w14:textId="14400575" w:rsidR="00927C10" w:rsidRPr="0035161B" w:rsidRDefault="0C2EF592" w:rsidP="0035161B">
       <w:pPr>
         <w:pStyle w:val="Podtytu"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0035161B">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t xml:space="preserve">Wersja </w:t>
       </w:r>
       <w:r w:rsidR="00DD0023" w:rsidRPr="0035161B">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:ins w:id="0" w:author="Autor">
-        <w:r w:rsidR="00665795">
+        <w:r w:rsidR="00E059B1">
           <w:rPr>
             <w:rStyle w:val="eop"/>
           </w:rPr>
-          <w:t>9</w:t>
+          <w:t>10</w:t>
         </w:r>
       </w:ins>
       <w:del w:id="1" w:author="Autor">
-        <w:r w:rsidR="002E20B3" w:rsidDel="00665795">
+        <w:r w:rsidR="00665795" w:rsidDel="00E059B1">
           <w:rPr>
             <w:rStyle w:val="eop"/>
           </w:rPr>
-          <w:delText>8</w:delText>
+          <w:delText>9</w:delText>
         </w:r>
       </w:del>
       <w:r w:rsidR="00AA79F0" w:rsidRPr="0035161B">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:bCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BC889F3" w14:textId="77777777" w:rsidR="00927C10" w:rsidRPr="00F90B46" w:rsidRDefault="00927C10" w:rsidP="0035161B">
       <w:pPr>
         <w:pStyle w:val="Podtytu"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67610F55" w14:textId="77777777" w:rsidR="00927C10" w:rsidRPr="00F90B46" w:rsidRDefault="00927C10" w:rsidP="0035161B">
       <w:pPr>
         <w:pStyle w:val="Podtytu"/>
         <w:sectPr w:rsidR="00927C10" w:rsidRPr="00F90B46" w:rsidSect="000D7B3C">
           <w:headerReference w:type="even" r:id="rId12"/>
           <w:headerReference w:type="default" r:id="rId13"/>
           <w:footerReference w:type="even" r:id="rId14"/>
           <w:footerReference w:type="default" r:id="rId15"/>
           <w:headerReference w:type="first" r:id="rId16"/>
           <w:footerReference w:type="first" r:id="rId17"/>
@@ -141,79 +141,79 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1269"/>
         <w:gridCol w:w="1130"/>
         <w:gridCol w:w="6533"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00927C10" w:rsidRPr="00F90B46" w14:paraId="27A9DA04" w14:textId="77777777" w:rsidTr="24AD34BD">
+      <w:tr w:rsidR="00927C10" w:rsidRPr="00F90B46" w14:paraId="27A9DA04" w14:textId="77777777" w:rsidTr="1177674F">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8932" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="17365D" w:themeFill="text2" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="48F6305A" w14:textId="77777777" w:rsidR="00927C10" w:rsidRPr="00F90B46" w:rsidRDefault="00927C10" w:rsidP="005B12FC">
             <w:pPr>
               <w:pStyle w:val="Tabelanagwekdolewej"/>
               <w:spacing w:before="48" w:after="48"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F90B46">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Historia zmian</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927C10" w:rsidRPr="00F90B46" w14:paraId="79CB3F7B" w14:textId="77777777" w:rsidTr="24AD34BD">
+      <w:tr w:rsidR="00927C10" w:rsidRPr="00F90B46" w14:paraId="79CB3F7B" w14:textId="77777777" w:rsidTr="1177674F">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1269" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="17365D" w:themeFill="text2" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="3A1DA5D1" w14:textId="77777777" w:rsidR="00927C10" w:rsidRPr="00F90B46" w:rsidRDefault="00927C10" w:rsidP="005B12FC">
             <w:pPr>
               <w:pStyle w:val="Tabelanagwekdolewej"/>
               <w:spacing w:before="48" w:after="48"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F90B46">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Data zmiany</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -238,715 +238,745 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6533" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="17365D" w:themeFill="text2" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="280598FF" w14:textId="77777777" w:rsidR="00927C10" w:rsidRPr="00F90B46" w:rsidRDefault="00927C10" w:rsidP="005B12FC">
             <w:pPr>
               <w:pStyle w:val="Tabelanagwekdolewej"/>
               <w:spacing w:before="48" w:after="48"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F90B46">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Opis wprowadzonej w dokumencie zmiany</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927C10" w:rsidRPr="00F90B46" w14:paraId="56DB6FCD" w14:textId="77777777" w:rsidTr="24AD34BD">
+      <w:tr w:rsidR="00927C10" w:rsidRPr="00F90B46" w14:paraId="56DB6FCD" w14:textId="77777777" w:rsidTr="1177674F">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1269" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="054F5184" w14:textId="6476E876" w:rsidR="00927C10" w:rsidRPr="00F90B46" w:rsidRDefault="00927C10" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="0D13C454">
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="00DD0023">
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00141828">
               <w:t>.04.23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EF6E3EF" w14:textId="77777777" w:rsidR="00927C10" w:rsidRPr="00F90B46" w:rsidRDefault="00927C10" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="01A41763">
               <w:t>1.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6533" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70931D64" w14:textId="085BE8A1" w:rsidR="00927C10" w:rsidRPr="00F90B46" w:rsidRDefault="007F144F" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Inicjalna </w:t>
             </w:r>
             <w:r w:rsidR="00927C10" w:rsidRPr="01A41763">
               <w:t>wersja dokumentu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="23A722A7" w14:paraId="6B027820" w14:textId="77777777" w:rsidTr="24AD34BD">
+      <w:tr w:rsidR="23A722A7" w14:paraId="6B027820" w14:textId="77777777" w:rsidTr="1177674F">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1269" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5993925E" w14:textId="40C0E3D0" w:rsidR="08345396" w:rsidRDefault="007B632E" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>2024</w:t>
             </w:r>
             <w:r w:rsidR="00141828">
               <w:t>.05.23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63D7D739" w14:textId="0F71E2B1" w:rsidR="08345396" w:rsidRDefault="007B632E" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6533" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E034CB0" w14:textId="2D30A176" w:rsidR="08345396" w:rsidRDefault="00E849CA" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>Aktualizacja dokumentu o nowe wpisy oraz dodanie sekcji</w:t>
             </w:r>
             <w:r w:rsidR="00D27B91">
               <w:t xml:space="preserve"> nr 3</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D27B91">
               <w:t>zawierających pytania i odpowiedzi Integratorów.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00141828" w14:paraId="0C6A0A9D" w14:textId="77777777" w:rsidTr="24AD34BD">
+      <w:tr w:rsidR="00141828" w14:paraId="0C6A0A9D" w14:textId="77777777" w:rsidTr="1177674F">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1269" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="424B6451" w14:textId="20AD5836" w:rsidR="00141828" w:rsidRDefault="00141828" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>2024.06.13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="615451B6" w14:textId="0E191031" w:rsidR="00141828" w:rsidRDefault="00141828" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6533" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7ACFAE99" w14:textId="410CFD2C" w:rsidR="00141828" w:rsidRDefault="00141828" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>Aktualizacja dokumentu o nowe wpisy</w:t>
             </w:r>
             <w:r w:rsidR="005F4B7B">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F6518" w14:paraId="584E72D5" w14:textId="77777777" w:rsidTr="24AD34BD">
+      <w:tr w:rsidR="000F6518" w14:paraId="584E72D5" w14:textId="77777777" w:rsidTr="1177674F">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1269" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="616ED5BF" w14:textId="7301B0B9" w:rsidR="000F6518" w:rsidRDefault="000F6518" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>2024.08.22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="740AF559" w14:textId="702D953B" w:rsidR="000F6518" w:rsidRDefault="000F6518" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6533" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="637345ED" w14:textId="6E2648DE" w:rsidR="000F6518" w:rsidRDefault="000F6518" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>Aktualizacja dokumentu o nowe wpisy</w:t>
             </w:r>
             <w:r w:rsidR="008E34C9">
               <w:t xml:space="preserve"> i odpowiedzi dot. pilotażu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008257EB" w14:paraId="57F271EF" w14:textId="77777777" w:rsidTr="24AD34BD">
+      <w:tr w:rsidR="008257EB" w14:paraId="57F271EF" w14:textId="77777777" w:rsidTr="1177674F">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1269" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78DE60C3" w14:textId="3DA78CE7" w:rsidR="008257EB" w:rsidRDefault="008257EB" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>2024.08.23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06330AF6" w14:textId="67719BB6" w:rsidR="008257EB" w:rsidRDefault="008257EB" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>1.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6533" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F38250E" w14:textId="64B2E6F4" w:rsidR="008257EB" w:rsidRDefault="008257EB" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>Aktualizacja dokumentu o nowe wpisy dot. pilotażu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA79F0" w14:paraId="02194156" w14:textId="77777777" w:rsidTr="24AD34BD">
+      <w:tr w:rsidR="00AA79F0" w14:paraId="02194156" w14:textId="77777777" w:rsidTr="1177674F">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1269" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="21B53823" w14:textId="2174683A" w:rsidR="00AA79F0" w:rsidRDefault="00AA79F0" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>2024.11.06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40374984" w14:textId="6009EED8" w:rsidR="00AA79F0" w:rsidRDefault="00AA79F0" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>1.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6533" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="240C2CA3" w14:textId="0CE8FA4D" w:rsidR="00AA79F0" w:rsidRDefault="00AA79F0" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>Aktualizacja dokumentu o nowe wpisy dot. rezerwacji wizyt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF2596" w14:paraId="46A9DB55" w14:textId="77777777" w:rsidTr="24AD34BD">
+      <w:tr w:rsidR="00FF2596" w14:paraId="46A9DB55" w14:textId="77777777" w:rsidTr="1177674F">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1269" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B5E5840" w14:textId="1352578D" w:rsidR="00FF2596" w:rsidRDefault="00FF2596" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>2024.11.20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D6C5F45" w14:textId="61DA6F6E" w:rsidR="00FF2596" w:rsidRDefault="00FF2596" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>1.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6533" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="418FD9F8" w14:textId="25E9BF5E" w:rsidR="00FF2596" w:rsidRDefault="00FF2596" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>Aktualizacja dokumentu o informacje dot. finansowania i rozliczania programu pilotażowego</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB71E1" w14:paraId="3F07F303" w14:textId="77777777" w:rsidTr="24AD34BD">
+      <w:tr w:rsidR="00DB71E1" w14:paraId="3F07F303" w14:textId="77777777" w:rsidTr="1177674F">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1269" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16782364" w14:textId="0997DBFA" w:rsidR="00DB71E1" w:rsidRDefault="00DB71E1" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>2025.01.31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19F272DF" w14:textId="7633FF68" w:rsidR="00DB71E1" w:rsidRDefault="00DB71E1" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>1.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6533" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="052D89B1" w14:textId="064BB45F" w:rsidR="00DB71E1" w:rsidRDefault="00F600B4" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Aktualizacja dokumentu </w:t>
             </w:r>
             <w:r w:rsidR="00706B41">
               <w:t xml:space="preserve">o informacje dot. </w:t>
             </w:r>
             <w:r w:rsidR="003F1F0E">
               <w:t xml:space="preserve">przekazywania </w:t>
             </w:r>
             <w:r w:rsidR="006D6027">
               <w:t>danych MUŚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA3954" w14:paraId="532CB23A" w14:textId="77777777" w:rsidTr="24AD34BD">
+      <w:tr w:rsidR="00CA3954" w14:paraId="532CB23A" w14:textId="77777777" w:rsidTr="1177674F">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1269" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BC64C37" w14:textId="6DFA86F3" w:rsidR="00CA3954" w:rsidRDefault="00CA3954" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>2025.</w:t>
             </w:r>
             <w:r w:rsidR="000200E0">
               <w:t>03.</w:t>
             </w:r>
             <w:r w:rsidR="00C1372C">
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3166BF0F" w14:textId="24854CEE" w:rsidR="00CA3954" w:rsidRDefault="000200E0" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>1.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6533" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4DBC7DA3" w14:textId="0BC98323" w:rsidR="00CA3954" w:rsidRDefault="000200E0" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Aktualizacja dokumentu o informacje dot. </w:t>
             </w:r>
             <w:r w:rsidR="004A01E6">
               <w:t>slotów pierwszorazowych</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C353BB" w14:paraId="4389C921" w14:textId="77777777" w:rsidTr="24AD34BD">
+      <w:tr w:rsidR="00C353BB" w14:paraId="4389C921" w14:textId="77777777" w:rsidTr="1177674F">
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
-          <w:ins w:id="2" w:author="Autor"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1269" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D7E0106" w14:textId="673A8DF1" w:rsidR="00C353BB" w:rsidRDefault="00C353BB" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:ins w:id="4" w:author="Autor">
-[...3 lines deleted...]
-            </w:ins>
+            <w:r>
+              <w:t>2025.07.15</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25FA1CCC" w14:textId="4093F02D" w:rsidR="00C353BB" w:rsidRDefault="00C353BB" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:ins w:id="6" w:author="Autor">
-[...3 lines deleted...]
-            </w:ins>
+            <w:r>
+              <w:t>1.9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6533" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="072F7AE1" w14:textId="7B302071" w:rsidR="00C353BB" w:rsidRDefault="00C353BB" w:rsidP="005F4B7B">
             <w:pPr>
               <w:pStyle w:val="tabelanormalny"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Aktualizacja dokumentu o informacje dot. blokad</w:t>
+            </w:r>
+            <w:r w:rsidR="00501E70">
+              <w:t xml:space="preserve"> pobierania zasobów</w:t>
+            </w:r>
+            <w:r w:rsidR="00E5594A">
+              <w:t xml:space="preserve">, wyszukiwania danych pacjenta oraz </w:t>
+            </w:r>
+            <w:r w:rsidR="007A212A">
+              <w:t>czasu tymczasowej rejestracji pacjenta.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E059B1" w14:paraId="6D375AFA" w14:textId="77777777" w:rsidTr="1177674F">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+          <w:ins w:id="2" w:author="Autor"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43DE6EA3" w14:textId="07497494" w:rsidR="00E059B1" w:rsidRDefault="00E059B1" w:rsidP="005F4B7B">
+            <w:pPr>
+              <w:pStyle w:val="tabelanormalny"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:rPr>
+                <w:ins w:id="3" w:author="Autor"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="4" w:author="Autor">
+              <w:r>
+                <w:t>2025.12.17</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1130" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47474692" w14:textId="1B156672" w:rsidR="00E059B1" w:rsidRDefault="00E059B1" w:rsidP="005F4B7B">
+            <w:pPr>
+              <w:pStyle w:val="tabelanormalny"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:rPr>
+                <w:ins w:id="5" w:author="Autor"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="6" w:author="Autor">
+              <w:r>
+                <w:t>1.10</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6533" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="146B2356" w14:textId="6F059AC0" w:rsidR="00E059B1" w:rsidRDefault="00587079" w:rsidP="005F4B7B">
+            <w:pPr>
+              <w:pStyle w:val="tabelanormalny"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
               <w:rPr>
                 <w:ins w:id="7" w:author="Autor"/>
               </w:rPr>
             </w:pPr>
             <w:ins w:id="8" w:author="Autor">
               <w:r>
-                <w:t>Aktualizacja dokumentu o informacje dot. blokad</w:t>
+                <w:t>Zbiorcze uzupełnienie dokumentu o wybrane pytania dot. e-Rejestracji</w:t>
               </w:r>
-              <w:r w:rsidR="00501E70">
-[...6 lines deleted...]
-                <w:t>czasu tymczasowej rejestracji pacjenta.</w:t>
+              <w:r w:rsidR="00DB1B1F">
+                <w:t>.</w:t>
               </w:r>
             </w:ins>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5B34CEEA" w14:textId="77777777" w:rsidR="00927C10" w:rsidRDefault="00927C10" w:rsidP="00927C10">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="1F497D"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="auto"/>
@@ -1105,229 +1135,140 @@
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="7F255A56" w14:textId="04B0DA11" w:rsidR="00927C10" w:rsidRPr="00F90B46" w:rsidRDefault="00927C10" w:rsidP="002629C5">
           <w:pPr>
             <w:pStyle w:val="Nagwek1"/>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="0"/>
             </w:numPr>
           </w:pPr>
           <w:r>
             <w:t>Spis treści</w:t>
           </w:r>
           <w:bookmarkEnd w:id="13"/>
           <w:bookmarkEnd w:id="12"/>
           <w:bookmarkEnd w:id="11"/>
           <w:bookmarkEnd w:id="10"/>
           <w:bookmarkEnd w:id="9"/>
         </w:p>
         <w:p w14:paraId="67937E34" w14:textId="656CB306" w:rsidR="007867CF" w:rsidRDefault="022465FA">
           <w:pPr>
             <w:pStyle w:val="Spistreci1"/>
             <w:rPr>
-              <w:ins w:id="14" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00927C10">
             <w:instrText>TOC \o "1-3" \z \u \h</w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:ins w:id="15" w:author="Autor">
+          <w:hyperlink w:anchor="_Toc203479148" w:history="1">
             <w:r w:rsidR="007867CF" w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
+              <w:t>Spis treści</w:t>
+            </w:r>
+            <w:r w:rsidR="007867CF">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="007867CF">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="007867CF" w:rsidRPr="009D159E">
-[...5 lines deleted...]
-            </w:r>
             <w:r w:rsidR="007867CF">
               <w:rPr>
                 <w:noProof/>
-              </w:rPr>
-[...18 lines deleted...]
-                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc203479148 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="007867CF">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007867CF">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007867CF" w:rsidRPr="009D159E">
-[...5 lines deleted...]
-            </w:r>
             <w:r w:rsidR="007867CF">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:tab/>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="007867CF">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin"/>
-[...32 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="007867CF" w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="205D6F01" w14:textId="6DA0A7B9" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci1"/>
             <w:rPr>
-              <w:ins w:id="16" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="17" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479149" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Uprawnienia</w:t>
@@ -1358,117 +1299,69 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="3B78323C" w14:textId="46F7D980" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1474"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="18" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="19" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479150" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Skąd wziąć dane (identyfikator) administratora podmiotu e-Rejestracji?</w:t>
             </w:r>
@@ -1498,114 +1391,66 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="0D2BFC78" w14:textId="53CEEC5A" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci1"/>
             <w:rPr>
-              <w:ins w:id="20" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="21" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479151" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Harmonogramy i Sloty</w:t>
@@ -1636,117 +1481,69 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="6B8144CF" w14:textId="02D37BD1" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1474"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="22" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="23" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479152" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Czy w operacji edytujSloty można przesłać sloty, które wcześniej nie zostały przesłane?</w:t>
             </w:r>
@@ -1776,117 +1573,69 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="5939A266" w14:textId="1FB01C3E" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1474"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="24" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="25" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479153" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Wywołanie dodawania i odczytu harmonogramu do placówki MUŚ zwraca error 200 z P1. W przypadku edycji harmonogramu zwracany jest błąd REG.7736.</w:t>
             </w:r>
@@ -1916,117 +1665,69 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="1317FDCC" w14:textId="046141A5" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1474"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="26" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="27" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479154" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Interfejs e-Rejestracji nie daje możliwości usunięcia harmonogramu. Czy wystarczające jest usunięcie wysłanych pustych slotów?</w:t>
             </w:r>
@@ -2056,117 +1757,69 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="1A702D50" w14:textId="4011B581" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1474"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="28" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="29" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479155" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Czy w ramach jednego slotu na jednym harmonogramie można rezerwować wiele wizyt równoległych (kilku pacjentów równocześnie)?</w:t>
             </w:r>
@@ -2196,117 +1849,69 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="5C87245C" w14:textId="2699908F" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1474"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="30" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="31" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479156" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Przy próbie edycji daty wcześniej przesłanego slotu w harmonogramie SER pojawia się REG.7739. Błąd występuję wyłącznie w momencie zmiany daty slotu. Czy w ramach operacji EdytujSloty nie jest możliwa zmiana daty, jedynie godzina (od - do) i dane dodatkowe?</w:t>
             </w:r>
@@ -2336,117 +1941,69 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="478AD681" w14:textId="274DD420" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1474"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="32" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="33" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479157" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Czy metoda OdczytDokumentuSkierowaniaDoRealizacji umożliwia przyjęcie skierowania do realizacji po podaniu tylko kodu dostępowego jako ciąg 4 znaków otrzymanych w SMS/widoczne w IKP oraz numeru PESEL pacjenta?</w:t>
             </w:r>
@@ -2476,117 +2033,69 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="34540115" w14:textId="09E7AB76" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1474"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="34" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="35" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479158" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Sposób wprowadzania danych dot. godzin przyjęć dla pacjentów w odniesieniu do braku wcześniejszego wymogu wyznaczania odrębnych godzin przyjęć dla pacjentów pierwszorazowych i kontynuujących leczenie</w:t>
             </w:r>
@@ -2616,117 +2125,69 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="15BA63E4" w14:textId="5DFED130" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1474"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="36" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="37" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479159" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Czy jeśli do slotu pierwszorazowego zostanie przypisana wizyta w ramach kontynuacji leczenia, to czy taki termin będzie widoczny dla Pacjenta w IKP do zarejestrowania?</w:t>
             </w:r>
@@ -2756,114 +2217,66 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="2A96CC77" w14:textId="4C121768" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci1"/>
             <w:rPr>
-              <w:ins w:id="38" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="39" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479160" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Operacje dot. projektu testów</w:t>
@@ -2894,117 +2307,69 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="762EB244" w14:textId="6BA081BE" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1474"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="40" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="41" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479161" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Odczyt listy wizyt (metoda pobierzListeWizyt) nie zwraca zapisanych wizyt, wizyta jest zapisana poprawnie. Co jest przyczyną błędu?</w:t>
             </w:r>
@@ -3034,117 +2399,69 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="7879CE04" w14:textId="5C25F171" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1474"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="42" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="43" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479162" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Brak możliwości wykonania operacji zmienTerminWizyty w przypadku telefonicznego przełożenia zaplanowanej wizyty.</w:t>
             </w:r>
@@ -3174,117 +2491,69 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="73E15E45" w14:textId="0FA0D863" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1474"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="44" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="45" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479163" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Podczas próby zmiany daty wizyty zwracany jest komunikat REG.8021. W sytuacji anulowania/edycji wizyty i jej ponownej rezerwacji pojawia się komunikat REG.7863</w:t>
             </w:r>
@@ -3314,118 +2583,69 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="27EA6FC9" w14:textId="381EF33F" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1474"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="46" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="47" w:author="Autor">
-[...40 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479164" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Po wygenerowaniu grafików, aktywacji MUŚ oraz inicjalnym zasileniu zwracany jest komunikat, że operacja zapiszDaneMus nie przekazuje informacji o korzystaniu z systemu zewnętrzenego oraz ustawieniu flagi na "FALSE".</w:t>
             </w:r>
@@ -3455,117 +2675,69 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="67CF2917" w14:textId="7997EB3A" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1474"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="48" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="49" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479165" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Podczas próby przeplanowania (w ramach tego samego dnia) wysłanego do P1 terminu wizyty na profilaktykę, zwracany jest komunikat: "Nie udało się zarezerwować terminu w systemie P1. Brak możliwości przeniesienia wizyty, ponieważ przesłany w żądaniu identyfikatorWizytyMus jest już zapisany w Systemie Elektronicznej Rejestracji."</w:t>
             </w:r>
@@ -3595,117 +2767,69 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="1168449B" w14:textId="2127720B" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1474"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="50" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="51" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479166" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Blokowanie dostępu do zasobu Patient.</w:t>
             </w:r>
@@ -3735,117 +2859,69 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="681C9B57" w14:textId="4679E172" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1474"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="52" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="53" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479167" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Walidacja danych pacjenta – imię i nazwisko.</w:t>
             </w:r>
@@ -3875,117 +2951,69 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="2C8038D1" w14:textId="1852DED4" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1474"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="54" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="55" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479168" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Czas trwania tymczasowej rejestracji pacjenta.</w:t>
             </w:r>
@@ -4015,114 +3043,66 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="4E106618" w14:textId="7C839FA6" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci1"/>
             <w:rPr>
-              <w:ins w:id="56" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="57" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479169" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Notyfikacje</w:t>
@@ -4153,117 +3133,69 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="66297B16" w14:textId="28B23A68" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1474"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="58" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="59" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479170" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Dlaczego otrzymuję ponownie notyfikacje, mimo, że mój system je obsługuje?</w:t>
             </w:r>
@@ -4293,117 +3225,69 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="6063E90F" w14:textId="77399608" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1474"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="60" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="61" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479171" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Notyfikacje są prawidłowo odbierane, jednak przychodzą wielokrotnie. Jednocześnie system przekazuje wiadomości e-mail o błędzie podczas próby wysyłki notyfikacji.</w:t>
             </w:r>
@@ -4433,114 +3317,66 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="73F0DE21" w14:textId="13E2FAF4" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci1"/>
             <w:rPr>
-              <w:ins w:id="62" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="63" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479172" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Programy profilaktyczne i szczepienia</w:t>
@@ -4571,117 +3407,69 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="7A869797" w14:textId="056F2531" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1474"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="64" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="65" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479173" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Szczepienia COVID-19</w:t>
             </w:r>
@@ -4711,116 +3499,68 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="18726296" w14:textId="565D5B12" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1680"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="66" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="67" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479174" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.1.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1. Czy jeśli szczepienie składa się z kilku dawek, to pacjent będzie się rejestrował na każdą dawkę przez IKP czy tylko na pierwszą (inaczej mówiąc, czy tylko pierwsza dawka jest traktowana jako wizyta pierwszorazowa?). Czy skierowanie jest oddzielne dla każdej dawki?</w:t>
             </w:r>
@@ -4850,116 +3590,68 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="773CC92A" w14:textId="608018D6" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1680"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="68" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="69" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479175" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.1.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Podczas próby umówienia na wizytę z kodem szczepionki przypominającej, pojawia się komunikat: "Brak cyklu skierowania lub jest niezgodny z kodem szczepionki." Jakie warunki uzależniają występowanie komunikatu?</w:t>
@@ -4990,116 +3682,68 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="71FE44B2" w14:textId="68476742" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1680"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="70" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="71" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479176" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.1.3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
               </w:rPr>
@@ -5131,116 +3775,68 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="429E44FE" w14:textId="458E8975" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1680"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="72" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="73" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479177" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.1.4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
               </w:rPr>
@@ -5272,114 +3868,66 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="4CC9A681" w14:textId="049C0537" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci1"/>
             <w:rPr>
-              <w:ins w:id="74" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="75" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479178" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Zagadnienia oraz operacje dot. Pilotażu</w:t>
@@ -5410,117 +3958,69 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="6F0581B8" w14:textId="18FB39CC" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1474"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="76" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="77" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479179" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>6.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Rozliczanie wizyt w programie pilotażowym</w:t>
             </w:r>
@@ -5550,117 +4050,69 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="414E6E66" w14:textId="03E118FF" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1474"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="78" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="79" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479180" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>6.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Rozliczanie programu pilotażowego</w:t>
             </w:r>
@@ -5690,118 +4142,69 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="78EE10F3" w14:textId="2BFF9862" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1474"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
-              <w:ins w:id="80" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="81" w:author="Autor">
-[...40 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479181" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>6.3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Zasady rozliczania i finansowania ryczałtów</w:t>
             </w:r>
@@ -5831,114 +4234,66 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="600D2892" w14:textId="2FEAEE47" w:rsidR="007867CF" w:rsidRDefault="007867CF">
           <w:pPr>
             <w:pStyle w:val="Spistreci1"/>
             <w:rPr>
-              <w:ins w:id="82" w:author="Autor"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:lang w:eastAsia="pl-PL"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:ins w:id="83" w:author="Autor">
-[...39 lines deleted...]
-            </w:r>
+          <w:hyperlink w:anchor="_Toc203479182" w:history="1">
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="pl-PL"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009D159E">
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Zbiór pytań i odpowiedzi Integratorów</w:t>
@@ -5969,220 +4324,197 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D159E">
-[...6 lines deleted...]
-          </w:ins>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="2D3D99DD" w14:textId="17468CA8" w:rsidR="022465FA" w:rsidRDefault="022465FA" w:rsidP="00C25C58">
           <w:pPr>
             <w:pStyle w:val="Spistreci3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1095"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hipercze"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="5B571571" w14:textId="74151907" w:rsidR="00BA5809" w:rsidRPr="00BA5809" w:rsidRDefault="00BA5809" w:rsidP="00BA5809">
       <w:pPr>
         <w:spacing w:after="160"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
         </w:rPr>
         <w:sectPr w:rsidR="00BA5809" w:rsidRPr="00BA5809" w:rsidSect="000D7B3C">
           <w:footerReference w:type="default" r:id="rId20"/>
           <w:headerReference w:type="first" r:id="rId21"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1418" w:right="1418" w:bottom="2977" w:left="1418" w:header="567" w:footer="454" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="84" w:name="_Toc40098376"/>
-[...1 lines deleted...]
-    <w:bookmarkEnd w:id="84"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc40098376"/>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
     <w:p w14:paraId="666E5B7D" w14:textId="6D27AF31" w:rsidR="004C31CF" w:rsidRDefault="00E67DFA" w:rsidP="005F4B7B">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="85" w:name="_Toc203479149"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc203479149"/>
       <w:r w:rsidR="004C31CF" w:rsidRPr="00EC664C">
         <w:t>Uprawnienia</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="85"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="0C9A980A" w14:textId="3315E342" w:rsidR="00463056" w:rsidRPr="00A34DAA" w:rsidRDefault="00463056" w:rsidP="00904347">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="86" w:name="_Toc203479150"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc203479150"/>
       <w:r w:rsidRPr="00A34DAA">
         <w:t>Skąd wziąć dane (identyfikator) administratora podmiotu e-</w:t>
       </w:r>
       <w:r>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="00A34DAA">
         <w:t>ejestracji?</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="86"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="21C76185" w14:textId="77777777" w:rsidR="00463056" w:rsidRDefault="00463056" w:rsidP="00463056">
       <w:r>
         <w:t>W przypadku zwracanego komunikatu błędu:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="682A5FDA" w14:textId="12359010" w:rsidR="00463056" w:rsidRDefault="00463056" w:rsidP="00463056">
       <w:r>
         <w:t>"Brak uprawnienia pracownika medycznego do wywołania usługi na podstawie zadeklarowanej w kontekście wywołania roli biznesowej pracownika medycznego oraz przypisanych uprawnień do danej roli. Zadeklarowany w kontekście wywołania identyfikator pracownika medycznego musi być zgodny z zadeklarowaną rolą biznesową.",</w:t>
       </w:r>
       <w:r w:rsidR="5B3A8E64">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">należy wziąć pod uwagę, że administrator podmiotu to rola: ADMINISTRATOR_USLUGODAWCY (nie jest to rola PRACOWNIK_ADMINISTRACYJNY jak </w:t>
       </w:r>
       <w:r w:rsidR="00304CD9">
         <w:br/>
       </w:r>
       <w:r>
         <w:t>np. w</w:t>
       </w:r>
       <w:r w:rsidR="00304CD9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>e-Skierowaniu).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CAC1945" w14:textId="77777777" w:rsidR="00463056" w:rsidRDefault="00463056" w:rsidP="00463056">
       <w:r>
-        <w:t xml:space="preserve">Administrator może m.in. zarządzać informacjami o MUŚ, zarządzać harmonogramami, importować pracowników medycznych. Opis </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> pochodzących z Dokumentacji Integracyjnej:</w:t>
+        <w:t>Administrator może m.in. zarządzać informacjami o MUŚ, zarządzać harmonogramami, importować pracowników medycznych. Opis importujPracownikowMedycznych pochodzących z Dokumentacji Integracyjnej:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31523533" w14:textId="77777777" w:rsidR="00463056" w:rsidRDefault="00463056" w:rsidP="00463056">
       <w:r>
-        <w:t xml:space="preserve">„Operacja </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> służy do masowego dodawania informacji dotyczących Pracowników Medycznych, którzy realizują wizyty w ramach danego MUŚ.</w:t>
+        <w:t>„Operacja importujPracownikowMedycznych służy do masowego dodawania informacji dotyczących Pracowników Medycznych, którzy realizują wizyty w ramach danego MUŚ.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39CFA3CB" w14:textId="77777777" w:rsidR="00463056" w:rsidRDefault="00463056" w:rsidP="00463056">
       <w:r>
         <w:t>System Podmiotu (MUŚ) powinien zawsze wysyłać komplet informacji dotyczących danego pracownika medycznego, ponieważ usługa nie realizuje zapisu przyrostowego, tzn. przy każdym przesłaniu danych pracownika, wcześniejsze dane zapisane w Systemie Elektronicznej Rejestracji są usuwane, a zapisane zostaję tylko te, które zostały aktualnie przesłane.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EAEC99C" w14:textId="484266E1" w:rsidR="00463056" w:rsidRPr="00463056" w:rsidRDefault="00AA79F0" w:rsidP="003F53B9">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="14A1EA51" w14:textId="67FBCA3F" w:rsidR="40661D4D" w:rsidRDefault="40661D4D" w:rsidP="005F4B7B">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="87" w:name="_Toc203479151"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc203479151"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Harmonogramy i Sloty</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="87"/>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="68B921A0" w14:textId="77777777" w:rsidR="0013009D" w:rsidRDefault="0013009D" w:rsidP="00904347">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="88" w:name="_Toc203479152"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc203479152"/>
       <w:r>
         <w:t>Czy w operacji edytujSloty można przesłać sloty, które wcześniej nie zostały przesłane?</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="88"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="214BE319" w14:textId="77777777" w:rsidR="0013009D" w:rsidRPr="00DD45F7" w:rsidRDefault="0013009D" w:rsidP="005F4B7B">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD45F7">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Przykładowo przesłane zostały sloty za okres 1-31.01. Od 20.01. następuje zmiana harmonogramu przyjęć, generowany jest harmonogram na okres 20.01.-28.02. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7754061A" w14:textId="77777777" w:rsidR="0013009D" w:rsidRPr="00DD45F7" w:rsidRDefault="0013009D" w:rsidP="005F4B7B">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -6272,59 +4604,51 @@
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">W zakresie statusu slotu możliwa jest zmiana zgodnie z diagramem stanów slotu (diagram oraz zakres działania algorytmu znajdują się w rozdziale 9 Dokumentacji Integracyjnej do usługi </w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>e-Rejestracja).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77B955E9" w14:textId="77777777" w:rsidR="0013009D" w:rsidRDefault="0013009D" w:rsidP="005F4B7B">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">W zakresie danych dodatkowych (np. kody szczepionek, czy slot pediatryczny) możliwa jest zmiana danych. Usługa nie przyjmuje danych przyrostowo. Należy zawsze przesyłać komplet danych - jeżeli jakiś kod szczepionki nie zostanie podany (a był wcześniej), zostanie on usunięty z danego slotu. Jeżeli </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> nie zostaną przekazane, wszystkie powiązane ze slotem dane dodatkowe zostaną usunięte.</w:t>
+        <w:t>W zakresie danych dodatkowych (np. kody szczepionek, czy slot pediatryczny) możliwa jest zmiana danych. Usługa nie przyjmuje danych przyrostowo. Należy zawsze przesyłać komplet danych - jeżeli jakiś kod szczepionki nie zostanie podany (a był wcześniej), zostanie on usunięty z danego slotu. Jeżeli daneDodatkowe nie zostaną przekazane, wszystkie powiązane ze slotem dane dodatkowe zostaną usunięte.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C21B4EC" w14:textId="77777777" w:rsidR="0013009D" w:rsidRDefault="0013009D" w:rsidP="005F4B7B">
       <w:r>
         <w:t>System oznacza automatycznie sloty z procedurą 99.559 atrybutem PEDIATRYCZNY.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54267D27" w14:textId="77777777" w:rsidR="0013009D" w:rsidRDefault="0013009D" w:rsidP="005F4B7B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Warunki początkowe:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="639C1C94" w14:textId="77777777" w:rsidR="0013009D" w:rsidRDefault="0013009D" w:rsidP="005F4B7B">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="22"/>
@@ -6404,216 +4728,188 @@
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Błędy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B59AF16" w14:textId="77777777" w:rsidR="0013009D" w:rsidRDefault="0013009D" w:rsidP="005F4B7B">
       <w:r>
         <w:t>Kody wyników operacji oraz opisy błędów z przetwarzania zostały załączone do niniejszego dokumentu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09039007" w14:textId="77777777" w:rsidR="0013009D" w:rsidRDefault="0013009D" w:rsidP="005F4B7B">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="081E6E58" w14:textId="40A3092E" w:rsidR="000E4209" w:rsidRDefault="000E4209" w:rsidP="00904347">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="89" w:name="_Toc203479153"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc203479153"/>
       <w:r>
         <w:t xml:space="preserve">Wywołanie dodawania i odczytu harmonogramu do placówki MUŚ zwraca </w:t>
       </w:r>
       <w:r w:rsidR="01BE94E4">
         <w:t xml:space="preserve">error </w:t>
       </w:r>
       <w:r>
         <w:t>200 z P1. W przypadku edycji harmonogramu zwracany jest błąd REG.7736.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="89"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="127BC84A" w14:textId="77777777" w:rsidR="000E4209" w:rsidRPr="00774C76" w:rsidRDefault="000E4209" w:rsidP="005F4B7B">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00774C76">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>"REG.7736 - Nie odnaleziono w systemie placówki o podanym identyfikatorze MUŚ. Sprawdź poprawność identyfikatora lub skorzystaj z operacji zapisania danych MUŚ."</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31BF79B4" w14:textId="77777777" w:rsidR="000E4209" w:rsidRDefault="000E4209" w:rsidP="005F4B7B">
       <w:r>
         <w:t>W kontekście użytkownika możliwą przyczyną jest błędnie przekazywany kod resortowy - należy przekazać zarówno część I, jak i VII.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D311B5D" w14:textId="77777777" w:rsidR="00733B2D" w:rsidRDefault="00733B2D" w:rsidP="005F4B7B"/>
     <w:p w14:paraId="122BCC65" w14:textId="77777777" w:rsidR="000E4209" w:rsidRDefault="000E4209" w:rsidP="00904347">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="90" w:name="_Toc203479154"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc203479154"/>
       <w:r w:rsidRPr="7C881362">
         <w:t>Interfejs e-Rejestracji nie daje możliwości usunięcia harmonogramu. Czy wystarczające jest usunięcie wysłanych pustych slotów?</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="90"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="354D0B45" w14:textId="77777777" w:rsidR="000E4209" w:rsidRDefault="000E4209" w:rsidP="005F4B7B">
       <w:r w:rsidRPr="7C881362">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Tak. Dopóki do danego wolnego slotu nie zostanie przypisany pacjent (zapisana wizyta), to Podmioty (</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Tak. Dopóki do danego wolnego slotu nie zostanie przypisany pacjent (zapisana wizyta), to Podmioty (MUSie) mogą dowolnie modyfikować i usuwać przesłane harmonogramy. Jeśli harmonogram miał przypisane sloty i zostały one usunięte, to ich usunięcie również jest możliwe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67B621F7" w14:textId="77777777" w:rsidR="000E4209" w:rsidRDefault="000E4209" w:rsidP="005F4B7B">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="7C881362">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>MUSie</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="7C881362">
+        <w:t>Warto jednak mieć na uwadze, że w przypadku korzystania przez podmiot z własnego systemu (nie gabinet.gov.pl) ustawiana jest flaga [czyKorzystaZSystemuZewnetrznego=TRUE]. W takim wypadku operacje tworzenia, edycji oraz usuwania harmonogramów oraz slotów są blokowane.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67F3B373" w14:textId="77777777" w:rsidR="00733B2D" w:rsidRDefault="00733B2D" w:rsidP="005F4B7B">
+      <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>) mogą dowolnie modyfikować i usuwać przesłane harmonogramy. Jeśli harmonogram miał przypisane sloty i zostały one usunięte, to ich usunięcie również jest możliwe.</w:t>
-[...33 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5AB7A902" w14:textId="77777777" w:rsidR="00AA2972" w:rsidRDefault="00AA2972" w:rsidP="00904347">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="91" w:name="_Toc203479155"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc203479155"/>
       <w:r w:rsidRPr="7C881362">
         <w:t>Czy w ramach jednego slotu na jednym harmonogramie można rezerwować wiele wizyt równoległych (kilku pacjentów równocześnie)?</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="91"/>
+      <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="52DBA664" w14:textId="77777777" w:rsidR="00AA2972" w:rsidRDefault="00AA2972" w:rsidP="005F4B7B">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C881362">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nie, wizyty w ramach jednego slotu w jednym harmonogramie nie mogą na siebie nachodzić</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F8B1D0C" w14:textId="77777777" w:rsidR="00AA2972" w:rsidRDefault="00AA2972" w:rsidP="005F4B7B">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26E64395" w14:textId="7650BED8" w:rsidR="00AA2972" w:rsidRDefault="00AA2972" w:rsidP="00904347">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="92" w:name="_Toc203479156"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc203479156"/>
       <w:r w:rsidRPr="7C881362">
         <w:lastRenderedPageBreak/>
         <w:t>Przy próbie edycji daty wcześniej przesłanego slotu w</w:t>
       </w:r>
       <w:r w:rsidR="00733B2D">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="7C881362">
         <w:t>harmonogramie SER pojawia się</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="7C881362">
         <w:t>REG.7739</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="7C881362">
         <w:t>Błąd występuję wyłącznie w momencie zmiany daty slotu. Czy w ramach operacji EdytujSloty nie jest możliwa zmiana daty, jedynie godzina (od - do) i dane dodatkowe?</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="92"/>
+      <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w14:paraId="6ABB6605" w14:textId="77777777" w:rsidR="00AA2972" w:rsidRPr="007254AF" w:rsidRDefault="00AA2972" w:rsidP="005F4B7B">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007254AF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>"Slot: REG.7739 - W Systemie Elektronicznej Rejestracji nie został odnaleziony slot o identyfikatorze (identyfikator slotu) podanym w żądaniu. Sprawdź poprawność przesłanego identyfikatora."</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3245C52E" w14:textId="77777777" w:rsidR="00AA2972" w:rsidRDefault="00AA2972" w:rsidP="005F4B7B">
       <w:r w:rsidRPr="7C881362">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Operacja edytujSloty daje możliwość edycji:</w:t>
       </w:r>
     </w:p>
@@ -6628,1365 +4924,802 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C881362">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>W zakresie czasu jest możliwa o ile w zmienianym czasie nie została zapisana jeszcze wizyta</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="520330B3" w14:textId="77777777" w:rsidR="00AA2972" w:rsidRDefault="00AA2972" w:rsidP="005F4B7B">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C881362">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">W zakresie trybu realizacji wizyty oraz </w:t>
-[...27 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>W zakresie trybu realizacji wizyty oraz rodzaju_slotu_wizyty jest możliwa o ile do slotu nie została przypisana jeszcze żadna wizyta lub wszystkie wizyty są anulowane. Jeśli jednak do slotu zostały już przypisane jakieś wizyty, należy wykorzystać operacji zmienTerminyWizytę.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F7031C5" w14:textId="77777777" w:rsidR="00AA2972" w:rsidRDefault="00AA2972" w:rsidP="005F4B7B">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C881362">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>W zakresie statusu slotu możliwa jest zmiana na ZABLOKOWANY lub AKTYWNY/NOWY.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E323E3C" w14:textId="77777777" w:rsidR="00AA2972" w:rsidRDefault="00AA2972" w:rsidP="005F4B7B">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C881362">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">W zakresie danych dodatkowych (np. kody szczepionek) możliwa jest zmiana danych. Usługa nie przyjmuje danych przyrostowo. Należy zawsze przesyłać komplet danych - jeżeli jakiś kod szczepionki nie zostanie podany (a był wcześniej), zostanie on usunięty z danego slotu. Jeżeli </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>W zakresie danych dodatkowych (np. kody szczepionek) możliwa jest zmiana danych. Usługa nie przyjmuje danych przyrostowo. Należy zawsze przesyłać komplet danych - jeżeli jakiś kod szczepionki nie zostanie podany (a był wcześniej), zostanie on usunięty z danego slotu. Jeżeli daneDodatkowe nie zostaną przekazane, wszystkie powiązane ze slotem dane dodatkowe zostaną usunięte.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="188A84AD" w14:textId="77777777" w:rsidR="00AA2972" w:rsidRDefault="00AA2972" w:rsidP="005F4B7B">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="7C881362">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>daneDodatkowe</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="7C881362">
+        <w:t>Należy pamiętać, że sloty mogą być edytowane, tylko w ramach jednego, danego harmonogramu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1510A483" w14:textId="77777777" w:rsidR="00AA2972" w:rsidRDefault="00AA2972" w:rsidP="005F4B7B">
+      <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> nie zostaną przekazane, wszystkie powiązane ze slotem dane dodatkowe zostaną usunięte.</w:t>
-[...19 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A83E9E4" w14:textId="4958A4F0" w:rsidR="00AA2972" w:rsidRDefault="00AA2972" w:rsidP="00904347">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="93" w:name="_Toc203479157"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc203479157"/>
       <w:r>
         <w:t>Czy metoda OdczytDokumentuSkierowaniaDoRealizacji umożliwia przyjęcie skierowania do realizacji po podaniu tylko kodu dostępowego jako ciąg 4 znaków otrzymanych w </w:t>
       </w:r>
       <w:r w:rsidR="589CC448">
         <w:t>SMS</w:t>
       </w:r>
       <w:r>
         <w:t>/widoczne w IKP oraz numeru PESEL pacjenta?</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="93"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="71B0A16C" w14:textId="3FC5C9C3" w:rsidR="00AA2972" w:rsidRDefault="00AA2972" w:rsidP="00AA2972">
       <w:r>
         <w:t>Udostępniona operacja odczyt skierowania do realizacji umożliwia wykonanie operacji odczytu</w:t>
       </w:r>
       <w:r w:rsidR="37625F98">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>podając klucz skierowania lub podając kod skierowania (PIN+PESEL).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D782AE0" w14:textId="77777777" w:rsidR="00086B99" w:rsidRDefault="00086B99" w:rsidP="00AA2972"/>
     <w:p w14:paraId="202DA505" w14:textId="77777777" w:rsidR="00AA2972" w:rsidRDefault="00AA2972" w:rsidP="00AA2972">
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Obie metody są udostępnione na środowisku integracyjnym. Warto pamiętać, iż odczyt po kodzie na środowisku integracyjnym ze względu na specyfikacje tego środowiska wymaga podania jako kodu wartości 0000 + Pesel.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38BD8DB2" w14:textId="4A5D17F9" w:rsidR="006812A7" w:rsidRDefault="00322A7C" w:rsidP="00970AA8">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="94" w:name="_Toc203479158"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc203479158"/>
       <w:r>
         <w:t xml:space="preserve">Sposób wprowadzania danych </w:t>
       </w:r>
       <w:r w:rsidR="00835420">
         <w:t>dot. godzin przyjęć dla pacjentów</w:t>
       </w:r>
       <w:r w:rsidR="00970AA8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00835420">
         <w:t xml:space="preserve">w odniesieniu do </w:t>
       </w:r>
       <w:r w:rsidR="00004690">
         <w:t xml:space="preserve">braku wcześniejszego </w:t>
       </w:r>
       <w:r w:rsidR="00004690" w:rsidRPr="00004690">
         <w:t>wymogu wyznaczania odrębnych godzin przyjęć dla pacjentów pierwszorazowych i kontynuujących leczenie</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="94"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="789B78BA" w14:textId="77777777" w:rsidR="00011253" w:rsidRDefault="00011253" w:rsidP="00011253">
       <w:r>
         <w:t>Planujemy rozpocząć e-rejestrację w poradni kardiologicznej. Obecnie pierwszy wolny termin to sierpień 2026r. Pacjenci są już zarejestrowani na terminy. Z uwagi na fakt, iż nie było wcześniej wymogu wyznaczania odrębnych godzin przyjęć dla pacjentów pierwszorazowych i kontynuujących leczenie - w zasileniu inicjalnym podane będą już wcześniej zaplanowane terminy - np.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F738076" w14:textId="77777777" w:rsidR="00011253" w:rsidRDefault="00011253" w:rsidP="00970AA8">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="60"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>godz. 9.00 - pacjent kontynuujący leczenie</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D1429AE" w14:textId="77777777" w:rsidR="00011253" w:rsidRDefault="00011253" w:rsidP="00970AA8">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="60"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>godz. 9.30 - pierwszorazowy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="598FA099" w14:textId="77777777" w:rsidR="00011253" w:rsidRDefault="00011253" w:rsidP="00970AA8">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="60"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>godz. 10.00 - kontynuujący leczenie itd.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7610E3BF" w14:textId="77777777" w:rsidR="00011253" w:rsidRDefault="00011253" w:rsidP="00011253">
       <w:r>
         <w:t>Nie można teraz zmienić terminów już wcześniej zaplanowanych wizyt wg nowych harmonogramów (slotów). Do zasilenia inicjalnego wskażemy teraz sloty dla wizyt pierwszorazowych od poniedziałku do czwartku godz. 09.00-12.00.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00FE123F" w14:textId="77777777" w:rsidR="00011253" w:rsidRDefault="00011253" w:rsidP="00011253">
       <w:r>
-        <w:t xml:space="preserve">W związku z powyższym sposobem wcześniejszej rejestracji proszę o wyjaśnienie, co oznacza zapis </w:t>
-[...7 lines deleted...]
-        <w:t>. i czy zasilenie inicjalne zostanie zaakceptowane przez MZ/P1?</w:t>
+        <w:t>W związku z powyższym sposobem wcześniejszej rejestracji proszę o wyjaśnienie, co oznacza zapis jn. i czy zasilenie inicjalne zostanie zaakceptowane przez MZ/P1?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E0EB81B" w14:textId="77777777" w:rsidR="00011253" w:rsidRDefault="00011253" w:rsidP="00011253"/>
     <w:p w14:paraId="05B9A6A6" w14:textId="77777777" w:rsidR="00011253" w:rsidRDefault="00011253" w:rsidP="00011253">
       <w:r>
         <w:t>Odp.: Należy dostosować rodzaje slotów do terminów, które już są umówione, tak aby do slotu pierwszorazowego nie został przypisany termin na kontynuację leczenia. Jest to bardzo ważne, ponieważ Pacjent ze slotu pierwszorazowego zostanie po anulowaniu wizyty przeniesiony do Poczekalni.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1023E0EF" w14:textId="3E3AEE2E" w:rsidR="00545D01" w:rsidRDefault="00011253" w:rsidP="00011253">
       <w:r>
         <w:t>Jeśli nie został jeszcze wykonany import wizyt, możliwa jest ew. zmiana godzin danych wizyt i dopiero wówczas zasilenie tymi terminami. Należy pamiętać, aby poinformować o takiej zmianie Pacjentów.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E6A001C" w14:textId="77777777" w:rsidR="001A1BE9" w:rsidRDefault="001A1BE9" w:rsidP="00011253"/>
     <w:p w14:paraId="00683318" w14:textId="77777777" w:rsidR="001A1BE9" w:rsidRDefault="001A1BE9" w:rsidP="00970AA8">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="95" w:name="_Toc203479159"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc203479159"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Czy jeśli do slotu pierwszorazowego zostanie przypisana wizyta w ramach kontynuacji leczenia, to czy taki termin będzie widoczny dla Pacjenta w IKP do zarejestrowania?</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="95"/>
+      <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="7AF67CA8" w14:textId="387CC183" w:rsidR="00011253" w:rsidRDefault="001A1BE9" w:rsidP="001A1BE9">
       <w:r>
         <w:t>Odp.: Dopóki na slocie będzie ta wizyta, nie będzie on widoczny. Gdy wizyta zostanie anulowana, wówczas slot taki będzie widoczny dla Pacjentów, dlatego taki slot powinien zostać zablokowany.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D7FF581" w14:textId="71283074" w:rsidR="00AA2972" w:rsidRDefault="00327402" w:rsidP="003F53B9">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A07A7B8" w14:textId="28E290E2" w:rsidR="009126C4" w:rsidRDefault="00BF3E8D" w:rsidP="005F4B7B">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="96" w:name="_Toc203479160"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc203479160"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Operacje dot. projektu testów</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="96"/>
+      <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:p w14:paraId="2FB4140E" w14:textId="77777777" w:rsidR="00606D7B" w:rsidRDefault="00606D7B" w:rsidP="00904347">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="97" w:name="_Toc203479161"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc203479161"/>
       <w:r>
         <w:t>Odczyt listy wizyt (metoda pobierzListeWizyt) nie zwraca zapisanych wizyt, wizyta jest zapisana poprawnie. Co jest przyczyną błędu?</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="97"/>
+      <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="2A723427" w14:textId="77777777" w:rsidR="00606D7B" w:rsidRDefault="00606D7B" w:rsidP="005F4B7B">
       <w:r>
         <w:t>Potencjalna przyczyna błędu to niewłaściwa numeracja stron. Należy zacząć od 0:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A47988D" w14:textId="77777777" w:rsidR="00606D7B" w:rsidRPr="00E83220" w:rsidRDefault="00606D7B" w:rsidP="005F4B7B">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83220">
         <w:rPr>
           <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>&lt;</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E83220">
+        <w:t>&lt;xs:element name="numerStrony" type="xs:unsignedInt"&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27B45801" w14:textId="77777777" w:rsidR="00606D7B" w:rsidRPr="00E83220" w:rsidRDefault="00606D7B" w:rsidP="005F4B7B">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>xs:element</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      </w:pPr>
       <w:r w:rsidRPr="00E83220">
         <w:rPr>
           <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E83220">
+        <w:t>&lt;xs:annotation&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CA0DEBA" w14:textId="77777777" w:rsidR="00606D7B" w:rsidRPr="00E83220" w:rsidRDefault="00606D7B" w:rsidP="005F4B7B">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>name</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      </w:pPr>
       <w:r w:rsidRPr="00E83220">
         <w:rPr>
           <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>="</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E83220">
+        <w:t>&lt;xs:documentation&gt;Określa numer pobieranej strony. Numeracja stron od 0.&lt;/xs:documentation&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="528D6088" w14:textId="77777777" w:rsidR="00606D7B" w:rsidRPr="00E83220" w:rsidRDefault="00606D7B" w:rsidP="005F4B7B">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>numerStrony</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      </w:pPr>
       <w:r w:rsidRPr="00E83220">
         <w:rPr>
           <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">" </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>&lt;/xs:annotation&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F8F23F5" w14:textId="05023E0D" w:rsidR="00AA79F0" w:rsidRDefault="00606D7B" w:rsidP="00AA79F0">
       <w:r w:rsidRPr="00E83220">
         <w:rPr>
           <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>type</w:t>
-[...183 lines deleted...]
-        <w:t>&gt;</w:t>
+        <w:t>&lt;/xs:element&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35D0B65F" w14:textId="77777777" w:rsidR="001A6ADE" w:rsidRDefault="001A6ADE" w:rsidP="00904347">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="98" w:name="_Toc203479162"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc203479162"/>
       <w:r>
         <w:t>Brak możliwości wykonania operacji zmienTerminWizyty w przypadku telefonicznego przełożenia zaplanowanej wizyty.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="98"/>
+      <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22F12119" w14:textId="5DDB0346" w:rsidR="001A6ADE" w:rsidRDefault="001A6ADE" w:rsidP="005F4B7B">
       <w:r>
         <w:t>Jeśli o</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE425E">
         <w:t xml:space="preserve">trzymywany </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">jest w takiej sytuacji </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE425E">
-        <w:t xml:space="preserve">błąd: "Błędny </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> lub wskazany termin świadczenia jest datą przeszłą."</w:t>
+        <w:t>błąd: "Błędny identyfikatorWizyty lub wskazany termin świadczenia jest datą przeszłą."</w:t>
       </w:r>
       <w:r>
         <w:t>, to w opisanym przypadku należy oznaczyć wizytę jako "Niezrealizowaną z winy pacjenta" (nie odwołana przed czasem rozpoczęcia). Status eSkierowania</w:t>
       </w:r>
       <w:r w:rsidR="2E5E478B">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> na podstawie którego wizyta był</w:t>
       </w:r>
       <w:r w:rsidR="17BD796D">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> wyznaczona</w:t>
       </w:r>
       <w:r w:rsidR="1FAF81AB">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> wraca wówczas do statusu "Wystawione"</w:t>
       </w:r>
       <w:r w:rsidR="658B324F">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> co pozwala na ponowne jego wykorzystanie do wyznaczenia terminu nowej wizyty. Kiedy wizyta ma datę przeszłą</w:t>
       </w:r>
       <w:r w:rsidR="20CDA23B">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> nie ma już możliwości jej usunięcia lub wykonania operacji zmiany terminu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="480E611D" w14:textId="77777777" w:rsidR="00D81692" w:rsidRDefault="00D81692" w:rsidP="005F4B7B"/>
     <w:p w14:paraId="73E35BC7" w14:textId="77777777" w:rsidR="00CF4119" w:rsidRDefault="00CF4119" w:rsidP="00904347">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="99" w:name="_Toc203479163"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc203479163"/>
       <w:r w:rsidRPr="7C881362">
         <w:t>Podczas próby zmiany daty wizyty zwracany jest komunikat</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="7C881362">
         <w:t>REG.8021</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="7C881362">
         <w:t>W sytuacji anulowania/edycji wizyty i jej ponownej rezerwacji pojawia się komunika</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">t </w:t>
       </w:r>
       <w:r w:rsidRPr="7C881362">
         <w:t>REG.7863</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="99"/>
+      <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="7444E7DC" w14:textId="77777777" w:rsidR="00CF4119" w:rsidRPr="00FC63CF" w:rsidRDefault="00CF4119" w:rsidP="00CF4119">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC63CF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">REG.8021 - "Brak możliwości przeniesienia wizyty, ponieważ przesłany w żądaniu </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> jest już zapisany w Systemie Elektronicznej Rejestracji."</w:t>
+        <w:t>REG.8021 - "Brak możliwości przeniesienia wizyty, ponieważ przesłany w żądaniu identyfikatorWizytyMus jest już zapisany w Systemie Elektronicznej Rejestracji."</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="127FEBD2" w14:textId="77777777" w:rsidR="00CF4119" w:rsidRPr="00D401A2" w:rsidRDefault="00CF4119" w:rsidP="00CF4119">
       <w:r w:rsidRPr="00FC63CF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>REG.7863 - "Brak możliwości ponownej rejestracji wizyty o tym samym identyfikatorze nadanym przez MUŚ."</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5086855F" w14:textId="77777777" w:rsidR="00CF4119" w:rsidRDefault="00CF4119" w:rsidP="00CF4119">
       <w:r w:rsidRPr="7C881362">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Przyczyną są wykorzystywane identyfikatory:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53B75C30" w14:textId="77777777" w:rsidR="00CF4119" w:rsidRDefault="00CF4119" w:rsidP="00CF4119">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="7C881362">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>identyfikatorWizyty</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> cały czas pozostaje bez zmian </w:t>
+        <w:t xml:space="preserve">identyfikatorWizyty cały czas pozostaje bez zmian </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C586CA3" w14:textId="77777777" w:rsidR="00CF4119" w:rsidRDefault="00CF4119" w:rsidP="00CF4119">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="7C881362">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>identyfikatorWizytyMus</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> nowej wizyty musi być unikalny </w:t>
+        <w:t xml:space="preserve">identyfikatorWizytyMus nowej wizyty musi być unikalny </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="274C82D5" w14:textId="03A73CAE" w:rsidR="00CF4119" w:rsidRDefault="00CF4119" w:rsidP="00CF4119">
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Zgodnie z REG.8021 - Weryfikacja, czy wizyta</w:t>
       </w:r>
       <w:r w:rsidR="3362ADAE">
         <w:t>,</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> do której jest przenoszona nowa wizyta (identyfikowana przez </w:t>
-[...7 lines deleted...]
-        <w:t>) jest unikalna w obrębie danego MUŚ.</w:t>
+        <w:t xml:space="preserve"> do której jest przenoszona nowa wizyta (identyfikowana przez identyfikatorWizytyMuś) jest unikalna w obrębie danego MUŚ.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21716D3E" w14:textId="77777777" w:rsidR="009D6774" w:rsidRDefault="009D6774" w:rsidP="00CF4119"/>
     <w:p w14:paraId="1C4115C1" w14:textId="77777777" w:rsidR="009D6774" w:rsidRDefault="009D6774" w:rsidP="002E20B3">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="100" w:name="_Toc203479164"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc203479164"/>
       <w:r>
-        <w:t xml:space="preserve">Po wygenerowaniu grafików, aktywacji MUŚ oraz inicjalnym zasileniu zwracany jest komunikat, że operacja </w:t>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="100"/>
+        <w:t>Po wygenerowaniu grafików, aktywacji MUŚ oraz inicjalnym zasileniu zwracany jest komunikat, że operacja zapiszDaneMus nie przekazuje informacji o korzystaniu z systemu zewnętrzenego oraz ustawieniu flagi na "FALSE".</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="0E5CA82F" w14:textId="77777777" w:rsidR="009D6774" w:rsidRDefault="009D6774" w:rsidP="009D6774">
       <w:r>
-        <w:t xml:space="preserve">W operacji </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">) nie jesteśmy w stanie stwierdzić czy aby realizacja warunków nie odbyła się bez integracji z systemem zewnętrznym. Oznaczenie atrybutu na TRUE blokuje obsługę harmonogramów z poziomu gabinet.gov.pl. </w:t>
+        <w:t xml:space="preserve">W operacji zapiszDaneMus należy przekazywać informację, czy świadczeniodawca korzysta z systemu zewnętrznego. W przypadku wprowadzenia informacji FALSE (domyślnie ustawiana wartość, jeśli nie została przekazana w operacji zapiszDaneMUS) nie jesteśmy w stanie stwierdzić czy aby realizacja warunków nie odbyła się bez integracji z systemem zewnętrznym. Oznaczenie atrybutu na TRUE blokuje obsługę harmonogramów z poziomu gabinet.gov.pl. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="039E8292" w14:textId="13ACD5B0" w:rsidR="00637A47" w:rsidRDefault="009D6774" w:rsidP="009D6774">
       <w:r>
-        <w:t xml:space="preserve">W sytuacji, w której informacja o wykorzystywaniu </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> oraz zmienić atrybut na TRUE. Kwestia ryczałtu nie została zablokowana, natomiast konieczne jest doprecyzowanie parametrów dotyczące MUŚ realizującego pilotaż w celu prawidłowego zakończenia procesu rozliczenia.</w:t>
+        <w:t>W sytuacji, w której informacja o wykorzystywaniu ssystemu zewnętrznego nie została przekazana podczas zapiu MUŚ, należy skorzystać z operacji edytujDaneMUS oraz zmienić atrybut na TRUE. Kwestia ryczałtu nie została zablokowana, natomiast konieczne jest doprecyzowanie parametrów dotyczące MUŚ realizującego pilotaż w celu prawidłowego zakończenia procesu rozliczenia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19BCF463" w14:textId="77777777" w:rsidR="00904347" w:rsidRDefault="00904347" w:rsidP="009D6774"/>
     <w:p w14:paraId="3E2E10A1" w14:textId="1160236D" w:rsidR="00904347" w:rsidRDefault="00904347" w:rsidP="002E20B3">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="101" w:name="_Toc203479165"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc203479165"/>
       <w:r>
         <w:t>Podczas próby przeplanowania (w ramach tego samego dnia) wysłanego do P1 terminu wizyty na profilaktykę, zwracany jest komunikat:</w:t>
       </w:r>
       <w:r>
         <w:br/>
-        <w:t xml:space="preserve">"Nie udało się zarezerwować terminu w systemie P1. Brak możliwości przeniesienia wizyty, ponieważ przesłany w żądaniu </w:t>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="101"/>
+        <w:t>"Nie udało się zarezerwować terminu w systemie P1. Brak możliwości przeniesienia wizyty, ponieważ przesłany w żądaniu identyfikatorWizytyMus jest już zapisany w Systemie Elektronicznej Rejestracji."</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
     </w:p>
     <w:p w14:paraId="388D8AF7" w14:textId="71C2B5FE" w:rsidR="00904347" w:rsidRDefault="00904347" w:rsidP="00904347">
       <w:r>
-        <w:t xml:space="preserve">Podczas zmiany terminu wizyty </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Podczas zmiany terminu wizyty identyfikatorWizytyMus musi być unikalny – nawet jeśli nowy termin wizyty występuje w tym samym dniu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F2EC2A3" w14:textId="2918F17C" w:rsidR="00904347" w:rsidRDefault="00904347" w:rsidP="00904347">
       <w:r>
-        <w:t>identyfikatorWizytyMus</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Jest to weryfikowane przez REG.8021 (Weryfikacja czy przesłany w żądaniu identyfikatorWizytyMus jest unikalny w obrębie MUŚ) również nie była w ostatnim czasie zmieniana/dezaktywowana.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ACE6A6A" w14:textId="77777777" w:rsidR="00501E70" w:rsidRDefault="00501E70" w:rsidP="00904347"/>
+    <w:p w14:paraId="3F06D44B" w14:textId="3042E999" w:rsidR="00501E70" w:rsidRDefault="00501E70" w:rsidP="00942B30">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="_Toc203479166"/>
       <w:r>
-        <w:t xml:space="preserve"> musi być unikalny – nawet jeśli nowy termin wizyty występuje w tym samym dniu.</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Blok</w:t>
+      </w:r>
+      <w:r w:rsidR="00C77D3E">
+        <w:t>owanie dostępu do zasobu Patient.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+    </w:p>
+    <w:p w14:paraId="692B9CD6" w14:textId="18DED92C" w:rsidR="00C77D3E" w:rsidRDefault="00C77D3E" w:rsidP="00904347">
       <w:r>
-        <w:t xml:space="preserve">Jest to weryfikowane przez REG.8021 (Weryfikacja czy przesłany w żądaniu </w:t>
-[...51 lines deleted...]
-    <w:p w14:paraId="2C233EB0" w14:textId="7219706F" w:rsidR="00C77D3E" w:rsidRDefault="00C77D3E" w:rsidP="00C77D3E">
+        <w:t>W sytuacji, w której wywołanych zostanie zbyt wiele zapytań uruchomiona zostaje blokada pobierania danych z zasobu Patient. Blokada zostaje uruchomiona w przypadku przekazania:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C233EB0" w14:textId="7219706F" w:rsidR="00C77D3E" w:rsidRDefault="00C77D3E" w:rsidP="00942B30">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="62"/>
         </w:numPr>
-        <w:rPr>
-[...21 lines deleted...]
-    <w:p w14:paraId="5F289DC2" w14:textId="4ACDA910" w:rsidR="00C77D3E" w:rsidRDefault="00C77D3E" w:rsidP="00C77D3E">
+      </w:pPr>
+      <w:r>
+        <w:t>5 błędnych zapytań w przeciągu jednej minuty;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F289DC2" w14:textId="4ACDA910" w:rsidR="00C77D3E" w:rsidRDefault="00C77D3E" w:rsidP="00942B30">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="62"/>
         </w:numPr>
-        <w:rPr>
-[...15 lines deleted...]
-    <w:p w14:paraId="023A1E3B" w14:textId="29C271D4" w:rsidR="00501E70" w:rsidRDefault="00C77D3E" w:rsidP="00C77D3E">
+      </w:pPr>
+      <w:r>
+        <w:t>70 błędnych zapytań w przeciągu jednej godziny;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="023A1E3B" w14:textId="29C271D4" w:rsidR="00501E70" w:rsidRDefault="00C77D3E" w:rsidP="00942B30">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="62"/>
         </w:numPr>
-        <w:rPr>
-[...13 lines deleted...]
-      </w:ins>
+      </w:pPr>
+      <w:r>
+        <w:t>640 błędnych zapytań w przeciągu jednego dnia.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7221498C" w14:textId="397958B4" w:rsidR="00C77D3E" w:rsidRDefault="00C77D3E" w:rsidP="00C77D3E">
-      <w:pPr>
-[...8 lines deleted...]
-      </w:ins>
+      <w:r>
+        <w:t>Blokada trwa 24 godziny. Nie ma możliwości jej zdjęcia przed upływem tego czasu.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3ECAF350" w14:textId="2C39F178" w:rsidR="00C77D3E" w:rsidRDefault="00C77D3E" w:rsidP="00C77D3E">
-      <w:pPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="33E98D6E" w14:textId="7E644874" w:rsidR="00C77D3E" w:rsidRDefault="00C77D3E" w:rsidP="00C77D3E">
+      <w:r>
+        <w:t>Blokada jest wywoływana przez zapytania, które wywołały odpowiedzi zwrotne:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E98D6E" w14:textId="7E644874" w:rsidR="00C77D3E" w:rsidRDefault="00C77D3E" w:rsidP="00942B30">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="61"/>
         </w:numPr>
-        <w:rPr>
-[...19 lines deleted...]
-      </w:ins>
+      </w:pPr>
+      <w:r>
+        <w:t>REG.WER.4062 – „Niezgodność danych Pacjenta z danymi w CWUB w zakresie: imię, nazwisko.”;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="49876C2C" w14:textId="440EB55A" w:rsidR="00C77D3E" w:rsidRDefault="00C77D3E" w:rsidP="00C77D3E">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="61"/>
         </w:numPr>
-        <w:rPr>
-[...16 lines deleted...]
-      </w:ins>
+      </w:pPr>
+      <w:r>
+        <w:t>REG.WER.4062 – „Nieprawidłowe dane dotyczące imienia czy nazwiska.”.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="70E23AB3" w14:textId="0445E6BC" w:rsidR="008B652F" w:rsidRDefault="008B652F" w:rsidP="008B652F">
-      <w:pPr>
-[...17 lines deleted...]
-    <w:p w14:paraId="36345D3E" w14:textId="272E2405" w:rsidR="00747260" w:rsidRDefault="00747260" w:rsidP="00747260">
+      <w:r>
+        <w:t>Blokada nie jest nakładana w przypadku wywołania innych reguł, niż wymienione.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24DCEAC9" w14:textId="77777777" w:rsidR="00C506F7" w:rsidRDefault="00C506F7" w:rsidP="008B652F"/>
+    <w:p w14:paraId="36345D3E" w14:textId="272E2405" w:rsidR="00747260" w:rsidRDefault="00747260" w:rsidP="00942B30">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
-        <w:rPr>
-[...12 lines deleted...]
-      </w:ins>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="_Toc203479167"/>
+      <w:r>
+        <w:t>Walidacja danych pacjenta – imię i nazwisko.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="08CA0101" w14:textId="5569E9B1" w:rsidR="00747260" w:rsidRDefault="00747260" w:rsidP="00747260">
-      <w:pPr>
-[...17 lines deleted...]
-      </w:ins>
+      <w:r>
+        <w:t xml:space="preserve">Podczas wyszukiwania pacjenta kolejność imion nie ma znaczenia, o ile imiona są poprawne. Możliwe jest również wprowadzenie wyłącznie jednego imienia. </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="22C28AE8" w14:textId="77777777" w:rsidR="00747260" w:rsidRDefault="00747260" w:rsidP="00747260">
-      <w:pPr>
-[...11 lines deleted...]
-      </w:ins>
+      <w:r>
+        <w:t>Ponadto podczas wyszukiwania pacjenta weryfikowana jest obecność myślnika w nazwisku.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5BEE7748" w14:textId="096FD81D" w:rsidR="00747260" w:rsidRDefault="00747260" w:rsidP="00747260">
-      <w:pPr>
-[...23 lines deleted...]
-    <w:p w14:paraId="20A413EC" w14:textId="6F7E9B19" w:rsidR="007F6191" w:rsidRDefault="007F6191" w:rsidP="007F6191">
+      <w:r>
+        <w:t>Jednocześnie w sytuacji, w której imię oraz nazwisko będą zamienione miejscami, będzie to traktowane jako błąd. Taki pacjent nie zostanie wyszukany.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BEE613F" w14:textId="77777777" w:rsidR="007F6191" w:rsidRDefault="007F6191" w:rsidP="00747260"/>
+    <w:p w14:paraId="20A413EC" w14:textId="6F7E9B19" w:rsidR="007F6191" w:rsidRDefault="007F6191" w:rsidP="00942B30">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
-        <w:pPrChange w:id="142" w:author="Autor">
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="_Toc203479168"/>
+      <w:r>
+        <w:t>Czas trwania tymczasowej rejestracji pacjenta.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="2D82A169" w14:textId="3D961CB7" w:rsidR="007F6191" w:rsidRDefault="007F6191" w:rsidP="007F6191">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
-        <w:rPr>
-[...31 lines deleted...]
-      </w:ins>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">W przypadku wywołania </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F6191">
+        <w:t>REG.15524 "Walidacja uprawnień użytkownika do wizyty"</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (operacja </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942B30">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>anulujRezerwacjeWstepna</w:t>
+      </w:r>
+      <w:r>
+        <w:t>) czas trwania tymczasowej rejestracji pacjenta wynosi 5 minut.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="437F648C" w14:textId="77777777" w:rsidR="007F6191" w:rsidRDefault="007F6191" w:rsidP="003F53B9">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
-        <w:rPr>
-[...10 lines deleted...]
-    </w:p>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A610749" w14:textId="40977E96" w:rsidR="007F6191" w:rsidRDefault="007F6191" w:rsidP="007F6191"/>
     <w:p w14:paraId="20C48112" w14:textId="668054E4" w:rsidR="00327402" w:rsidRDefault="00327402" w:rsidP="003F53B9">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="09783D8C" w14:textId="78019836" w:rsidR="00A7185F" w:rsidRPr="004C31CF" w:rsidRDefault="00A7185F" w:rsidP="005F4B7B">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="150" w:name="_Toc203479169"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc203479169"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Notyfikacje</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="150"/>
+      <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="2FC402A5" w14:textId="38C06CD8" w:rsidR="008B7B6B" w:rsidRDefault="008B7B6B" w:rsidP="00904347">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="151" w:name="_Toc203479170"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc203479170"/>
       <w:r>
         <w:t xml:space="preserve">Dlaczego otrzymuję </w:t>
       </w:r>
       <w:r w:rsidRPr="00F7065C">
         <w:t>ponown</w:t>
       </w:r>
       <w:r w:rsidR="007F148F" w:rsidRPr="00F7065C">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00F7065C">
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> notyfikacje</w:t>
       </w:r>
       <w:r w:rsidR="71D6F95A">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> mimo, że mój system je obsługuje?</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="151"/>
+      <w:bookmarkEnd w:id="36"/>
     </w:p>
     <w:p w14:paraId="7AFE1899" w14:textId="576E69A7" w:rsidR="00B50ED6" w:rsidRDefault="008B7B6B" w:rsidP="008B7B6B">
       <w:r>
         <w:t>Notyfikacje mają na celu synchronizacj</w:t>
       </w:r>
       <w:r w:rsidR="00961328">
         <w:t>ę</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> zasobu u </w:t>
       </w:r>
       <w:r w:rsidR="007B6E59">
         <w:t xml:space="preserve">podmiotu </w:t>
       </w:r>
       <w:r>
         <w:t>integrującego się z P1</w:t>
       </w:r>
       <w:r w:rsidR="4C8C8800">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="06FD9DB6">
         <w:t>W</w:t>
@@ -8215,502 +5948,396 @@
       </w:r>
       <w:r w:rsidR="004F7A84">
         <w:t xml:space="preserve">do momentu </w:t>
       </w:r>
       <w:r>
         <w:t>wyłączeni</w:t>
       </w:r>
       <w:r w:rsidR="004F7A84">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> się z kolejki</w:t>
       </w:r>
       <w:r w:rsidR="00E87D4D">
         <w:t xml:space="preserve"> po kilku próbach</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25758E06" w14:textId="77777777" w:rsidR="00736770" w:rsidRDefault="00736770" w:rsidP="008B7B6B"/>
     <w:p w14:paraId="43D7D6AD" w14:textId="7EBA9B0F" w:rsidR="00741DE6" w:rsidRDefault="00B774C2" w:rsidP="00904347">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="152" w:name="_Toc203479171"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc203479171"/>
       <w:r>
         <w:t xml:space="preserve">Notyfikacje </w:t>
       </w:r>
       <w:r w:rsidR="00026814">
         <w:t>są prawidłowo</w:t>
       </w:r>
       <w:r w:rsidR="00506BEF">
         <w:t xml:space="preserve"> odbierane, jednak przychodzą </w:t>
       </w:r>
       <w:r w:rsidR="00506BEF" w:rsidRPr="00F7065C">
         <w:t>wielokrotnie</w:t>
       </w:r>
       <w:r w:rsidR="006C0D10">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00965BF7">
         <w:t xml:space="preserve"> Jednocześnie system przekazuje wiadomości </w:t>
       </w:r>
       <w:r w:rsidR="000747D7">
         <w:t>e-</w:t>
       </w:r>
       <w:r w:rsidR="00965BF7">
         <w:t>mail</w:t>
       </w:r>
       <w:r w:rsidR="000747D7">
         <w:t xml:space="preserve"> o błędzie</w:t>
       </w:r>
       <w:r w:rsidR="004812DA">
         <w:t xml:space="preserve"> podczas próby wys</w:t>
       </w:r>
       <w:r w:rsidR="00447EED">
         <w:t xml:space="preserve">yłki </w:t>
       </w:r>
       <w:r w:rsidR="00B91410">
         <w:t>notyfikacji.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="152"/>
+      <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:p w14:paraId="16B036ED" w14:textId="5FBA6385" w:rsidR="003C2534" w:rsidRDefault="00741DE6" w:rsidP="003C2534">
       <w:r>
         <w:t xml:space="preserve">Treść </w:t>
       </w:r>
       <w:r w:rsidR="003C2534">
         <w:t xml:space="preserve">przekazywanych </w:t>
       </w:r>
       <w:r>
         <w:t>wiadomości</w:t>
       </w:r>
       <w:r w:rsidR="003C2534">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003C2534">
         <w:t>"System Elektronicznej Rejestracji odnotował błąd podczas próby wysłania notyfikacji dotyczącej wizyty w dniu 20XX-XX-XX (YYY-MM-DD) dla slotu o identyfikatorze [id</w:t>
       </w:r>
       <w:r w:rsidR="00366B9C">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003C2534">
         <w:t>slotu], na adres usługi [adres], przypisanej do MUŚ o identyfikatorze [id MUŚ].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47D834F9" w14:textId="0EB9C9F1" w:rsidR="00736770" w:rsidRDefault="003C2534" w:rsidP="003C2534">
       <w:r>
         <w:t>Uprzejmie prosimy o weryfikację dostępności ww. adresu usługi oraz ręczną synchronizację wizyt z</w:t>
       </w:r>
       <w:r w:rsidR="00366B9C">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Systemem P1 z wykorzystaniem operacji </w:t>
-[...7 lines deleted...]
-        <w:t>()."</w:t>
+        <w:t>Systemem P1 z wykorzystaniem operacji pobierzListeWizytSync()."</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4821CEE8" w14:textId="77777777" w:rsidR="00736770" w:rsidRDefault="00736770" w:rsidP="003C2534"/>
     <w:p w14:paraId="12802C78" w14:textId="77777777" w:rsidR="006C543A" w:rsidRDefault="006C543A" w:rsidP="006C543A">
       <w:r>
         <w:t>Przyczyną wystąpienia takiego komunikatu jest jeden z następujących przypadków:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A36BE66" w14:textId="77777777" w:rsidR="006C543A" w:rsidRDefault="006C543A" w:rsidP="00C25C58">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Sytuacja wyjątkowa nr 1: Błędny identyfikator harmonogramu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="013341D9" w14:textId="591AE775" w:rsidR="006C543A" w:rsidRDefault="006C543A" w:rsidP="00C25C58">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">2a (REG.6429 punkt 1). (LA) System zwraca błąd </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> i</w:t>
+        <w:t>2a (REG.6429 punkt 1). (LA) System zwraca błąd Blad.BlednyIdentyfikatorHarmonogramu i</w:t>
       </w:r>
       <w:r w:rsidR="004C00EF">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>kończy przetwarzanie.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79A37743" w14:textId="77777777" w:rsidR="006C543A" w:rsidRDefault="006C543A" w:rsidP="00C25C58">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Sytuacja wyjątkowa nr 2: MUŚ nie ma uprawnień do harmonogramu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F234F19" w14:textId="4D197AC9" w:rsidR="006C543A" w:rsidRDefault="006C543A" w:rsidP="00C25C58">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">2b (REG.6429 punkt 2). (LA) System zwraca błąd </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> i</w:t>
+        <w:t>2b (REG.6429 punkt 2). (LA) System zwraca błąd Blad.BrakUprawnienDoHarmonogramu i</w:t>
       </w:r>
       <w:r w:rsidR="004C00EF">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>kończy przetwarzanie.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48A8D2E0" w14:textId="77777777" w:rsidR="006C543A" w:rsidRDefault="006C543A" w:rsidP="00C25C58">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Sytuacja wyjątkowa nr 3: Usługa SAZ niedostępna/</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Sytuacja wyjątkowa nr 3: Usługa SAZ niedostępna/timeout</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FAEC002" w14:textId="77777777" w:rsidR="006C543A" w:rsidRDefault="006C543A" w:rsidP="00C25C58">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
       <w:r>
-        <w:t>timeout</w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> i kończy przetwarzanie.</w:t>
+        <w:t>4a (LA) System zwraca błąd Blad.BladWewnetrzny i kończy przetwarzanie.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="706F004F" w14:textId="77777777" w:rsidR="006C543A" w:rsidRDefault="006C543A" w:rsidP="00C25C58">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Sytuacja wyjątkowa nr 4: Usługa SAZ zwróciła błąd</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D6BDADF" w14:textId="77777777" w:rsidR="006C543A" w:rsidRDefault="006C543A" w:rsidP="00C25C58">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">4b (LA) System zwraca błąd </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> i kończy przetwarzanie.</w:t>
+        <w:t>4b (LA) System zwraca błąd Blad.BladPobieraniaDanych i kończy przetwarzanie.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B15BF87" w14:textId="77777777" w:rsidR="006C543A" w:rsidRDefault="006C543A" w:rsidP="00C25C58">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Sytuacja wyjątkowa nr 5: Usługa SOR zwróciła błąd</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C6160BA" w14:textId="77777777" w:rsidR="006C543A" w:rsidRDefault="006C543A" w:rsidP="00C25C58">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">5a (LA) System zwraca błąd </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> i kończy przetwarzanie.</w:t>
+        <w:t>5a (LA) System zwraca błąd Blad.BladPobieraniaDanych i kończy przetwarzanie.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="147DB71B" w14:textId="211B2637" w:rsidR="006C543A" w:rsidRDefault="006C543A" w:rsidP="00C25C58">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sytuacja wyjątkowa nr </w:t>
       </w:r>
       <w:r w:rsidR="008E6840">
         <w:t>7</w:t>
       </w:r>
       <w:r>
-        <w:t>: Usługa SGS niedostępna/</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>: Usługa SGS niedostępna/timeout</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35E6545C" w14:textId="77777777" w:rsidR="006C543A" w:rsidRDefault="006C543A" w:rsidP="00C25C58">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
       <w:r>
-        <w:t>timeout</w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> i kończy przetwarzanie.</w:t>
+        <w:t>6a (LA) System zwraca błąd Blad.BladWewnetrzny i kończy przetwarzanie.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71CF2723" w14:textId="774B1826" w:rsidR="006C543A" w:rsidRDefault="006C543A" w:rsidP="00C25C58">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sytuacja wyjątkowa nr </w:t>
       </w:r>
       <w:r w:rsidR="007C382E">
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:t>: Usługa SGS zwróciła błąd</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="331D6D97" w14:textId="77777777" w:rsidR="006C543A" w:rsidRDefault="006C543A" w:rsidP="00C25C58">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">6b (LA) System zwraca błąd </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> i kończy przetwarzanie.</w:t>
+        <w:t>6b (LA) System zwraca błąd Blad.BladPobieraniaDanych i kończy przetwarzanie.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67EE7A07" w14:textId="77777777" w:rsidR="006C543A" w:rsidRDefault="006C543A" w:rsidP="00C25C58">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Sytuacja wyjątkowa nr 10: Błąd wewnętrzny</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42CC3F20" w14:textId="77777777" w:rsidR="006C543A" w:rsidRDefault="006C543A" w:rsidP="00C25C58">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">x. (LA) System zwraca negatywną odpowiedź z usługi </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> i kończy przetwarzanie.</w:t>
+        <w:t>x. (LA) System zwraca negatywną odpowiedź z usługi Blad.BladWewnetrzny i kończy przetwarzanie.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DAC65FA" w14:textId="77777777" w:rsidR="006C543A" w:rsidRDefault="006C543A" w:rsidP="00C25C58">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sytuacja wyjątkowa nr 11: Wystąpił </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Sytuacja wyjątkowa nr 11: Wystąpił timeout/problem z połączeniem do bazy danych SER</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69D117C3" w14:textId="77777777" w:rsidR="006C543A" w:rsidRDefault="006C543A" w:rsidP="00C25C58">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
       <w:r>
-        <w:t>timeout</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> (podstawowy, z którego korzysta cały SER) i na tym kończy się przypadek użycia.</w:t>
+        <w:t>y. (LA) System zwraca błąd BladWewnętrzny, następuje przełączenie na domyślny data source (podstawowy, z którego korzysta cały SER) i na tym kończy się przypadek użycia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15897BEB" w14:textId="77777777" w:rsidR="006C543A" w:rsidRDefault="006C543A" w:rsidP="006C543A"/>
     <w:p w14:paraId="1201B3FE" w14:textId="1EB891BC" w:rsidR="006E4007" w:rsidRDefault="00A679B8" w:rsidP="00A679B8">
       <w:r>
         <w:t xml:space="preserve">Warto również </w:t>
       </w:r>
       <w:r w:rsidR="006C543A">
         <w:t xml:space="preserve">zaznaczyć, </w:t>
       </w:r>
       <w:r w:rsidR="0005323B">
         <w:t>iż</w:t>
       </w:r>
       <w:r w:rsidR="006C543A">
         <w:t xml:space="preserve"> w przypadku ręcznego wywołania synchronizacji jedna porcja zwracanych danych może zawierać maksymalnie 500 rekordów (zmodyfikowanych wizyt).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CAC97A8" w14:textId="63D31F2B" w:rsidR="7C881362" w:rsidRPr="00174FBC" w:rsidRDefault="00327402" w:rsidP="003F53B9">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="46DBE586" w14:textId="325FACDE" w:rsidR="00230CD5" w:rsidRDefault="00230CD5">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="153" w:name="_Toc203479172"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc203479172"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Programy profilaktyczne i szczepienia</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="153"/>
+      <w:bookmarkEnd w:id="38"/>
     </w:p>
     <w:p w14:paraId="31DEC677" w14:textId="77777777" w:rsidR="00230CD5" w:rsidRPr="00230CD5" w:rsidRDefault="00230CD5" w:rsidP="00C25C58"/>
     <w:p w14:paraId="271BE6C7" w14:textId="58B9F469" w:rsidR="00230CD5" w:rsidRDefault="00230CD5" w:rsidP="00904347">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="154" w:name="_Toc203479173"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc203479173"/>
       <w:r>
         <w:t>Szczepienia COVID-19</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="154"/>
+      <w:bookmarkEnd w:id="39"/>
     </w:p>
     <w:p w14:paraId="6B8E4792" w14:textId="04360116" w:rsidR="00230CD5" w:rsidRDefault="00230CD5" w:rsidP="00A31524">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="155" w:name="_Toc203479174"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc203479174"/>
       <w:r>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Czy jeśli szczepienie składa się z kilku dawek, to pacjent będzie się rejestrował na każdą dawkę przez IKP czy tylko na pierwszą (inaczej mówiąc, czy tylko pierwsza dawka jest traktowana jako wizyta pierwszorazowa?). Czy skierowanie jest oddzielne dla każdej dawki?</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="155"/>
+      <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p w14:paraId="255F899F" w14:textId="77777777" w:rsidR="00327402" w:rsidRDefault="35D7BD60" w:rsidP="1E5C5CCA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1E5C5CCA">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Obsługa szczepień różni się nieco od pozostałych świadczeń medycznych.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57A8B34C" w14:textId="646C2F4D" w:rsidR="00230CD5" w:rsidRDefault="00230CD5" w:rsidP="1E5C5CCA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1E5C5CCA">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Każda dawka szczepienia</w:t>
@@ -8774,64 +6401,64 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1E5C5CCA">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Wszystkie wizyty na szczepienia są traktowane jako pierwszorazowe - nie używamy tutaj kontynuacji leczenia. Zwłaszcza, że pacjent może na kolejną dawkę cyklu podstawowego umówić się do innej placówki niż ta, w której przyjął poprzednią; kontynuacja leczenia z zasady odbywa się w tej samej placówce, w której była wizyta pierwszorazowa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13BC55B7" w14:textId="77777777" w:rsidR="00884CEA" w:rsidRDefault="00884CEA" w:rsidP="1E5C5CCA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59D4AA5D" w14:textId="1DF43F0E" w:rsidR="00884CEA" w:rsidRDefault="00B24E99" w:rsidP="00C25C58">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="156" w:name="_Toc203479175"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc203479175"/>
       <w:r w:rsidRPr="0098131E">
         <w:t>Podczas próby umówienia na wizytę z kodem szczepionki przypominającej, pojawia się komunikat: "Brak cyklu skierowania lub jest niezgodny z kodem szczepionki."</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0098131E">
         <w:t xml:space="preserve">Jakie warunki </w:t>
       </w:r>
       <w:r w:rsidR="001F3CE2">
         <w:t>uzależniają występowanie komunikatu?</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="156"/>
+      <w:bookmarkEnd w:id="41"/>
     </w:p>
     <w:p w14:paraId="553B0405" w14:textId="77777777" w:rsidR="00771719" w:rsidRDefault="00771719" w:rsidP="00771719">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7071B193">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Weryfikowane są następujące elementy:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54161513" w14:textId="77777777" w:rsidR="00771719" w:rsidRDefault="00771719" w:rsidP="00771719">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003042CB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
@@ -8855,174 +6482,158 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003042CB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="003042CB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>czy kod szczepionki jest zgodny z cyklem w słowniku: SERTypSzczepionki [2.16.840.1.113883.3.4424:11.1.154] - jeśli nie jest on poprawny, to zwracany jest wspomniany błąd w ramach REG.12802.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DAADF29" w14:textId="2C9A94BA" w:rsidR="007F54AE" w:rsidRPr="007F54AE" w:rsidRDefault="007F54AE" w:rsidP="00C25C58">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="157" w:name="_Toc203479176"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc203479176"/>
       <w:r w:rsidRPr="007F54AE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>W trakcie wykonywania operacji "Wyznacz możliwości zapisu na szczepienie" dla pacjentów posiadających numer PESEL występuje błąd: 500 Błąd wewnętrzny.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007F54AE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>W przypadku pacjentów, którzy nie posiadają numeru PESEL (obcokrajowcy) wszystko działa poprawnie. Co jest przyczyną?</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="157"/>
+      <w:bookmarkEnd w:id="42"/>
     </w:p>
     <w:p w14:paraId="23EBADDA" w14:textId="3B825CE1" w:rsidR="007F54AE" w:rsidRPr="007F54AE" w:rsidRDefault="007F54AE" w:rsidP="007F54AE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F54AE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Operacja </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007F54AE">
+        <w:t xml:space="preserve">Operacja wyznaczMozliwosciZapisuNaSzczepienie w parametrach przyjmuje identyfikator pacjenta </w:t>
+      </w:r>
+      <w:r w:rsidR="00514103">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>wyznaczMozliwosciZapisuNaSzczepienie</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>LUB</w:t>
+      </w:r>
       <w:r w:rsidRPr="007F54AE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> w parametrach przyjmuje identyfikator pacjenta </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00514103">
+        <w:t xml:space="preserve"> jego datę urodzenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3583CBEA" w14:textId="792F7BEE" w:rsidR="007F54AE" w:rsidRDefault="007F54AE" w:rsidP="007F54AE">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>LUB</w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="007F54AE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> jego datę urodzenia.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>W sytuacji podania identyfikatora pacjenta oraz jednocześnie daty jego urodzenia możliwe jest występowanie wspomnianego błędu</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="007F54AE">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A6AE12F" w14:textId="77777777" w:rsidR="008335AD" w:rsidRDefault="008335AD" w:rsidP="007F54AE">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>W sytuacji podania identyfikatora pacjenta oraz jednocześnie daty jego urodzenia możliwe jest występowanie wspomnianego błędu</w:t>
-[...14 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32197E91" w14:textId="1331F138" w:rsidR="007B00DC" w:rsidRPr="007B00DC" w:rsidRDefault="007B00DC" w:rsidP="00C25C58">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="158" w:name="_Toc203479177"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc203479177"/>
       <w:r w:rsidRPr="007B00DC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Podczas dodawania rezerwacji na slotach współdzielonych pojawia się komunikat: "Niezgodność wybranej szczepionki z</w:t>
       </w:r>
       <w:r w:rsidR="00C245DA">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="007B00DC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>realizowanymi szczepionkami w ramach wybranego slotu."</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="158"/>
+      <w:bookmarkEnd w:id="43"/>
     </w:p>
     <w:p w14:paraId="17194769" w14:textId="77777777" w:rsidR="007B00DC" w:rsidRPr="007B00DC" w:rsidRDefault="007B00DC" w:rsidP="00C25C58">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B00DC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Przykładowe wykonane operacje:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FD5581B" w14:textId="3B399927" w:rsidR="007B00DC" w:rsidRPr="00D72791" w:rsidRDefault="007B00DC" w:rsidP="00C25C58">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="54"/>
         </w:numPr>
@@ -9335,75 +6946,75 @@
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B00DC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Istnieje możliwość utworzenia jednego harmonogramu na procedurę P40plus oraz drugiego łączącego procedury szczepienia na COVID-19 i HPV, a następnie utworzenia slotu współdzielonego. W kolejnym kroku należy edytować slot współdzielony w kontekście harmonogramu HPV+COVID i przekazać wszystkie obsługiwane szczepionki.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64F06A72" w14:textId="069A24D7" w:rsidR="00FC45FE" w:rsidRPr="00174FBC" w:rsidRDefault="00327402" w:rsidP="003F53B9">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2405C1C1" w14:textId="442C3888" w:rsidR="00FC45FE" w:rsidRDefault="00A4103D" w:rsidP="00FC45FE">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="159" w:name="_Toc203479178"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc203479178"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Zagadnienia oraz operacje dot.</w:t>
       </w:r>
       <w:r w:rsidR="00CB15EE">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>Pilotażu</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="159"/>
+      <w:bookmarkEnd w:id="44"/>
     </w:p>
     <w:p w14:paraId="36C11DC3" w14:textId="59AA01AB" w:rsidR="00A4103D" w:rsidRPr="00A4103D" w:rsidRDefault="004D3F5F" w:rsidP="00904347">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="160" w:name="_Toc203479179"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc203479179"/>
       <w:r>
         <w:t xml:space="preserve">Rozliczanie </w:t>
       </w:r>
       <w:r w:rsidR="004D4C55">
         <w:t>wizyt w programie pilotażowym</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="160"/>
+      <w:bookmarkEnd w:id="45"/>
     </w:p>
     <w:p w14:paraId="269290D4" w14:textId="7D8E97D8" w:rsidR="00EE67C7" w:rsidRDefault="00EE67C7" w:rsidP="452876F4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="452876F4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Aby placówka miała możliwość </w:t>
       </w:r>
       <w:r w:rsidR="00A94624" w:rsidRPr="452876F4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>rozlicz</w:t>
       </w:r>
       <w:r w:rsidRPr="452876F4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
@@ -9858,84 +7469,70 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17F2BCDE" w14:textId="0ADBC4F5" w:rsidR="582EA5FB" w:rsidRDefault="582EA5FB" w:rsidP="452876F4">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="452876F4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Dodatkowo, w Zdarzeniu Medycznym</w:t>
       </w:r>
       <w:r w:rsidR="7131E2CB" w:rsidRPr="452876F4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">, zasób </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> musi być zapisany z kodem: 20 - Badanie (test) przesiewowe.</w:t>
+        <w:t>, zasób Encounter musi być zapisany z kodem: 20 - Badanie (test) przesiewowe.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F6884A9" w14:textId="77777777" w:rsidR="003F53B9" w:rsidRDefault="003F53B9" w:rsidP="00904347">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="161" w:name="_Toc203479180"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc203479180"/>
       <w:r w:rsidRPr="00C422E9">
         <w:t>Rozliczanie programu pilotażowego</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="161"/>
+      <w:bookmarkEnd w:id="46"/>
     </w:p>
     <w:p w14:paraId="6E9A3AD2" w14:textId="77777777" w:rsidR="003F53B9" w:rsidRPr="00A12633" w:rsidRDefault="003F53B9" w:rsidP="003F53B9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="162" w:name="_Hlk182990265"/>
+      <w:bookmarkStart w:id="47" w:name="_Hlk182990265"/>
       <w:r w:rsidRPr="00A12633">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Realizacja i rozliczenie udziału w pilotażu uwarunkowana jest od wykorzystywanego oprogramowania przez świadczeniodawcę:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DCF6B8C" w14:textId="0F1D4EA7" w:rsidR="003F53B9" w:rsidRPr="00A12633" w:rsidRDefault="003F53B9" w:rsidP="003F53B9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="59"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="15F4800E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>oprogramowanie własne (integracja z systemem e</w:t>
       </w:r>
       <w:r w:rsidR="56E0EB3A" w:rsidRPr="15F4800E">
         <w:rPr>
@@ -10029,99 +7626,99 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C422E9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="333333"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Wysokość gratyfikacji finansowej za udział w pilotażu zależy od wykorzystywanego oprogramowania gabinetowego. Szczegóły dotyczące warunków i wysokości gratyfikacji zawarte są w załączniku do rozporządzenia “RYCZAŁT ZA REALIZACJĘ PROGRAMU PILOTAŻOWEGO DOTYCZĄCEGO CENTRALNEJ ELEKTRONICZNEJ REJESTRACJI NA WYBRANE ŚWIADCZENIA OPIEKI ZDROWOTNEJ W ZAKRESIE AMBULATORYJNEJ OPIEKI SPECJALISTYCZNEJ ORAZ PROGRAMÓW ZDROWOTNYCH”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B5A3E93" w14:textId="77777777" w:rsidR="003F53B9" w:rsidRPr="00C422E9" w:rsidRDefault="003F53B9" w:rsidP="003F53B9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C422E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Szczegóły dot. rozliczania programu pilotażowego znajdują się na stronie:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p w14:paraId="4E7DAA14" w14:textId="78283BD5" w:rsidR="003F53B9" w:rsidRPr="00DB71E1" w:rsidRDefault="003F53B9" w:rsidP="00DB71E1">
       <w:r w:rsidRPr="003F53B9">
         <w:rPr>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="003F53B9">
         <w:rPr>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://ezdrowie.gov.pl/portal/artykul/rozpoczecie-pilotazu-centralnej-e-rejestracji-na-wybrane-swiadczenia-opieki-zdrowotnej"</w:instrText>
       </w:r>
       <w:r w:rsidRPr="003F53B9">
         <w:rPr>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="003F53B9">
         <w:rPr>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="003F53B9">
         <w:rPr>
           <w:rStyle w:val="Hipercze"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Rozpoczęcie pilotażu centralnej e-rejestracji na wybrane świadczenia opieki zdrowotnej - ezdrowie.gov.pl</w:t>
       </w:r>
       <w:r w:rsidRPr="003F53B9">
         <w:rPr>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="75B3B62E" w14:textId="6AA7CD0D" w:rsidR="003F53B9" w:rsidRDefault="003F53B9" w:rsidP="00904347">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="163" w:name="_Toc203479181"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc203479181"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Zasady rozliczania i finansowania ryczałtów</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="163"/>
+      <w:bookmarkEnd w:id="48"/>
     </w:p>
     <w:p w14:paraId="53017283" w14:textId="03AF905A" w:rsidR="003F53B9" w:rsidRDefault="003F53B9" w:rsidP="003F53B9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Szczegóły dot. zasad rozliczania ryczałtów jednorazowych oraz miesięcznych zostały opisane na stronie:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30E72B01" w14:textId="0D2915E9" w:rsidR="003F53B9" w:rsidRDefault="003F53B9" w:rsidP="003F53B9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="003F53B9">
           <w:rPr>
             <w:rStyle w:val="Hipercze"/>
             <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10140,119 +7737,103 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Dodatkowe informacje znajdują się w materiałach dodatkowych – „e-rejestracja – zasady integracji i rozliczania ryczałtów”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="602BA992" w14:textId="33E4E8A3" w:rsidR="001576FE" w:rsidRPr="00F73007" w:rsidRDefault="00327402" w:rsidP="003F53B9">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="361EF316" w14:textId="11FF00E5" w:rsidR="00C44FDB" w:rsidRDefault="00C44FDB" w:rsidP="00C44FDB">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="164" w:name="_Toc203479182"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc203479182"/>
       <w:r w:rsidRPr="002629C5">
         <w:lastRenderedPageBreak/>
         <w:t>Zbiór pytań i odpowiedzi</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Integratorów</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="164"/>
+      <w:bookmarkEnd w:id="49"/>
     </w:p>
     <w:p w14:paraId="5C606F87" w14:textId="77777777" w:rsidR="00C44FDB" w:rsidRPr="00232CD6" w:rsidRDefault="00C44FDB" w:rsidP="00C44FDB"/>
     <w:p w14:paraId="7AA37464" w14:textId="77777777" w:rsidR="00C44FDB" w:rsidRPr="00232CD6" w:rsidRDefault="00C44FDB" w:rsidP="00C44FDB">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00232CD6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>W pliku P1-DS-Z2-Kody_wynikow_operacji_oraz_bledow_przetwarzania.xlsx (centralna</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00232CD6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">e-Rejestracja) </w:t>
       </w:r>
       <w:r w:rsidRPr="0E3CECF2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>odwołano się</w:t>
       </w:r>
       <w:r w:rsidRPr="00232CD6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> Państwo do słownika specjalności SOR: "Weryfikacja czy do kodu specjalności (VIII) został wybrany właściwy Dokument Podstawy Wizyty (na podstawie słownika SOR). Pozycja w słowniku SOR (kod specjalności) może posiadać atrybut </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, który przyjmuje wartość string." </w:t>
+        <w:t xml:space="preserve"> Państwo do słownika specjalności SOR: "Weryfikacja czy do kodu specjalności (VIII) został wybrany właściwy Dokument Podstawy Wizyty (na podstawie słownika SOR). Pozycja w słowniku SOR (kod specjalności) może posiadać atrybut podstawaWizyty, który przyjmuje wartość string." </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BB5252C" w14:textId="77777777" w:rsidR="00C44FDB" w:rsidRPr="00232CD6" w:rsidRDefault="00C44FDB" w:rsidP="00C44FDB">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00232CD6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Gdzie możemy znaleźć ten słownik?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F600B23" w14:textId="77777777" w:rsidR="00C44FDB" w:rsidRDefault="00C44FDB" w:rsidP="00C44FDB">
       <w:r w:rsidRPr="00572772">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Odp.:</w:t>
@@ -10696,65 +8277,51 @@
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="00AC238F" w:rsidRPr="00AC238F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ezpośrednio: wynika to z REG.13246 Walidacja daty slotu podczas tworzenia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="272B38F6" w14:textId="5AB0C4CB" w:rsidR="00AC238F" w:rsidRPr="00AC238F" w:rsidRDefault="00AC238F" w:rsidP="00AC238F">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC238F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ośrednio: System blokuje  możliwość rezerwacji terminu wizyt lub zmiany terminu wizyty, jeżeli </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> wizyty oraz czasZakonczenia wizyty</w:t>
+        <w:t>ośrednio: System blokuje  możliwość rezerwacji terminu wizyt lub zmiany terminu wizyty, jeżeli czasRozpoczecia wizyty oraz czasZakonczenia wizyty</w:t>
       </w:r>
       <w:r w:rsidR="00066623">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC238F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NIE zawierają się w dacie oraz czasie trwania Slotu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60249743" w14:textId="031CA3F8" w:rsidR="00C44FDB" w:rsidRDefault="00066623" w:rsidP="00AC238F">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
@@ -11030,291 +8597,1074 @@
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00C25C58">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Odp.:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00246E18" w:rsidRPr="00246E18">
         <w:t xml:space="preserve">Skierowanie papierowe samo w sobie nie ma </w:t>
       </w:r>
       <w:r w:rsidR="00FA5B90" w:rsidRPr="00246E18">
         <w:t xml:space="preserve">żadnego numeru </w:t>
       </w:r>
       <w:r w:rsidR="00246E18" w:rsidRPr="00246E18">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00246E18">
         <w:t>nie jest wymagany</w:t>
       </w:r>
       <w:r w:rsidR="00246E18" w:rsidRPr="00246E18">
-        <w:t xml:space="preserve">). OID, który jest przekazywany do P1 przy umówieniu wizyty, stanowi wewnętrzny identyfikator nadany skierowaniu papierowemu podczas jego przyjmowania przez placówkę. W związku z tym w żądaniu należy przekazać </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> właściwego dla podmiotu przyjmującego skierowanie bez względu na to, jaki podmiot jest wystawcą tego skierowania.</w:t>
+        <w:t>). OID, który jest przekazywany do P1 przy umówieniu wizyty, stanowi wewnętrzny identyfikator nadany skierowaniu papierowemu podczas jego przyjmowania przez placówkę. W związku z tym w żądaniu należy przekazać root właściwego dla podmiotu przyjmującego skierowanie bez względu na to, jaki podmiot jest wystawcą tego skierowania.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A49991D" w14:textId="77777777" w:rsidR="00AA79F0" w:rsidRDefault="00AA79F0" w:rsidP="00C25C58">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="439F7B7C" w14:textId="33BD2F0F" w:rsidR="00AA79F0" w:rsidRPr="00C25C58" w:rsidRDefault="00AA79F0" w:rsidP="00AA79F0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA79F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">W opisie metody </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AA79F0">
+        <w:t>W opisie metody edytujHarmonogram zapisano: "Nie ma możliwości edycji harmonogramu jeśli w wyniku modyfikacji danych miałaby zostać usunięta co najmniej jedna procedura ICD 9/kod programu profilaktyki stosowana/stosowany w ramach slotów/wizyt powiązanych z tym harmonogramem." Która reguła zostanie zwrócona w takim przypadku?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F566D08" w14:textId="77777777" w:rsidR="00AA79F0" w:rsidRDefault="00AA79F0" w:rsidP="00AA79F0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25C58">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>edytujHarmonogram</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t>Odp.:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Powinna w takiej sytuacji zostać zwrócona reguła 8216:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21A19F87" w14:textId="77777777" w:rsidR="00AA79F0" w:rsidRDefault="00AA79F0" w:rsidP="00AA79F0">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">„REG.8216 Weryfikacja czy na usuwany </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> są utworzone harmonogramy, sloty, wizyty, zapisy w poczekalni”</w:t>
+        <w:t>„REG.8216 Weryfikacja czy na usuwany kodProcedury są utworzone harmonogramy, sloty, wizyty, zapisy w poczekalni”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5071CCCB" w14:textId="77777777" w:rsidR="00AA79F0" w:rsidRDefault="00AA79F0" w:rsidP="00AA79F0">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:t>wraz z następującym komunikatem:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58510DDA" w14:textId="38CA5DEA" w:rsidR="00AA79F0" w:rsidRDefault="00AA79F0" w:rsidP="00AA79F0">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>"Nie można usunąć procedury, ponieważ do danej procedury został już przypisany harmonogram/slot/wizyta/zapis w poczekalni".</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B332742" w14:textId="02C1B7DF" w:rsidR="00AA79F0" w:rsidRPr="00C25C58" w:rsidRDefault="00AA79F0" w:rsidP="00AA79F0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA79F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Czy wizyty o statusie „ZREALIZOWANE” mogą być zapisywane przy użyciu operacji </w:t>
-[...15 lines deleted...]
-        <w:t>?</w:t>
+        <w:t>Czy wizyty o statusie „ZREALIZOWANE” mogą być zapisywane przy użyciu operacji zapiszWizytyHistoryczne?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00585354" w14:textId="77777777" w:rsidR="00AA79F0" w:rsidRDefault="00AA79F0" w:rsidP="00AA79F0">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00C25C58">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Odp.:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Nie, wizyty o statusie „ZREALIZOWANE” nie powinny być dodawane w ramach wizyt historycznych. W ramach wizyt historycznych możliwe jest wyłącznie przekazywanie wizyt o statusie „WYSTAWIONE” lub „U_REALIZATORA”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="121BAE6B" w14:textId="25BA7A2F" w:rsidR="00AA79F0" w:rsidRDefault="00AA79F0" w:rsidP="00AA79F0">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:t>Próba zapisu takie wizyty skutkować będzie zwróceniem REG.10436 („Skierowanie nie jest w statusie WYSTAWIONE lub U_REALIZATORA”).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="425FA400" w14:textId="77777777" w:rsidR="00AA79F0" w:rsidRDefault="00AA79F0" w:rsidP="00AA79F0">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21E9DAB2" w14:textId="18CF80C2" w:rsidR="00AA79F0" w:rsidRPr="00C25C58" w:rsidRDefault="00AA79F0" w:rsidP="00AA79F0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA79F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Czy pacjent będzie miał możliwość anulowania/zmiany terminu wizyty, która pochodzi z zasilenia inicjalnego? Czy wykonanie tego typu operacji spowoduje uwolnienie danego terminu i jego dostępność do rezerwacji wizyty dla algorytmu poczekalni lub pacjenta?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FCDB164" w14:textId="5CFCB280" w:rsidR="00DA57A8" w:rsidRPr="006D4A72" w:rsidRDefault="00AA79F0" w:rsidP="003F53B9">
+    <w:p w14:paraId="49F2333D" w14:textId="14CC00E3" w:rsidR="00620293" w:rsidRDefault="00AA79F0" w:rsidP="003F53B9">
+      <w:pPr>
+        <w:rPr>
+          <w:ins w:id="50" w:author="Autor"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00C25C58">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Odp.:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA79F0">
         <w:t xml:space="preserve">Tak – istnieje możliwość modyfikowania terminów wizyt dodanych w ramach zasilenia inicjalnego. W wyniku zmiany terminu, początkowy termin będzie dostępny do ponownej rezerwacji. </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00DA57A8" w:rsidRPr="006D4A72" w:rsidSect="000D7B3C">
+    <w:p w14:paraId="56A4CC5E" w14:textId="77777777" w:rsidR="00620293" w:rsidRDefault="00620293" w:rsidP="00620293">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:ins w:id="51" w:author="Autor"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B381341" w14:textId="4EED3B51" w:rsidR="002E1510" w:rsidRPr="002E1510" w:rsidRDefault="002E1510" w:rsidP="002E1510">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:rPr>
+          <w:ins w:id="52" w:author="Autor"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="53" w:author="Autor">
+        <w:r w:rsidRPr="002E1510">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>Podczas próby wysłania listy pracowników MUŚ pojawia się komunikat:</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="02C9A3A4" w14:textId="77777777" w:rsidR="002E1510" w:rsidRDefault="002E1510" w:rsidP="002E1510">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:rPr>
+          <w:ins w:id="54" w:author="Autor"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="55" w:author="Autor">
+        <w:r w:rsidRPr="002E1510">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>"W Systemie Elektronicznej Rejestracji nie został zarejestrowany podmiot o podanym w atrybucie identyfikatorMus identyfikatorze. Przed wykonaniem jakiejkolwiek operacji należy zarejestrować MUŚ w systemie."</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="0B41125C" w14:textId="78C6EEF2" w:rsidR="00620293" w:rsidRPr="002E1510" w:rsidRDefault="002E1510" w:rsidP="002E1510">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:rPr>
+          <w:ins w:id="56" w:author="Autor"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:pPrChange w:id="57" w:author="Autor">
+          <w:pPr>
+            <w:pStyle w:val="Akapitzlist"/>
+            <w:numPr>
+              <w:numId w:val="19"/>
+            </w:numPr>
+            <w:ind w:hanging="360"/>
+          </w:pPr>
+        </w:pPrChange>
+      </w:pPr>
+      <w:ins w:id="58" w:author="Autor">
+        <w:r w:rsidRPr="002E1510">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>Jednocześnie MUŚ został zarejestrowany oraz identyfikatory w kontekście wywołania i w danych MUŚ są zgodne, lista pracowników nie zawiera identyfikatora MUŚ.</w:t>
+        </w:r>
+        <w:r w:rsidR="00620293" w:rsidRPr="002E1510">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="237D640C" w14:textId="77777777" w:rsidR="002E1510" w:rsidRDefault="00620293" w:rsidP="002E1510">
+      <w:pPr>
+        <w:rPr>
+          <w:ins w:id="59" w:author="Autor"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="60" w:author="Autor">
+        <w:r w:rsidRPr="00C25C58">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>Odp.:</w:t>
+        </w:r>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="002E1510">
+          <w:t>W opisanej syt</w:t>
+        </w:r>
+        <w:r w:rsidR="002E1510">
+          <w:t>u</w:t>
+        </w:r>
+        <w:r w:rsidR="002E1510">
+          <w:t>acji należy zweryfikować, czy kontekst z treści zapytania wskazuje na ten sam podmiot oraz MUŚ.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="63307B71" w14:textId="670770C0" w:rsidR="00620293" w:rsidRDefault="002E1510" w:rsidP="002E1510">
+      <w:pPr>
+        <w:rPr>
+          <w:ins w:id="61" w:author="Autor"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="62" w:author="Autor">
+        <w:r>
+          <w:t>Ponadto należy sprawdzić, czy MUŚ wysyłający ż</w:t>
+        </w:r>
+        <w:r>
+          <w:t>ą</w:t>
+        </w:r>
+        <w:r>
+          <w:t>danie jest uprawniony do zarządzania harmonogramem.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="7DBBF5F0" w14:textId="77777777" w:rsidR="002E1510" w:rsidRDefault="002E1510" w:rsidP="002E1510">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:ins w:id="63" w:author="Autor"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ED6FF82" w14:textId="204241C2" w:rsidR="002E1510" w:rsidRPr="00C25C58" w:rsidRDefault="002E1510" w:rsidP="002E1510">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:rPr>
+          <w:ins w:id="64" w:author="Autor"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="65" w:author="Autor">
+        <w:r w:rsidRPr="002E1510">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>W jakich rolach występować będzie PWDL względem danych medycznych Pacjentów, jakie wprowadzać będzie do systemu e-rejestracji? Czy taki PWDL będzie ADO (administratorem danych osobowych) dla danych po ich wprowadzeniu do systemu e-rejestracji, czy też funkcję ADO przejmował będzie inny podmiot? Jeśli tak to jaki? Ewentualnie czy inny podmiot będzie występował w roli Podmiotu Przetwarzającego względem wprowadzonych danych Pacjentów przez PWDL?</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="7B098805" w14:textId="68999EA5" w:rsidR="002E1510" w:rsidRDefault="002E1510" w:rsidP="002E1510">
+      <w:pPr>
+        <w:rPr>
+          <w:ins w:id="66" w:author="Autor"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="67" w:author="Autor">
+        <w:r w:rsidRPr="00C25C58">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>Odp.:</w:t>
+        </w:r>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:t>W zakresie dot. danych pacjentów:</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="207F1A81" w14:textId="39EAAD5C" w:rsidR="002E1510" w:rsidRDefault="002E1510" w:rsidP="002E1510">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+        <w:rPr>
+          <w:ins w:id="68" w:author="Autor"/>
+        </w:rPr>
+        <w:pPrChange w:id="69" w:author="Autor">
+          <w:pPr/>
+        </w:pPrChange>
+      </w:pPr>
+      <w:ins w:id="70" w:author="Autor">
+        <w:r>
+          <w:lastRenderedPageBreak/>
+          <w:t>Zgodnie z art. 10 ust. 8 ustawy z dnia 28 kwietnia 2011 r. o systemie informacji w ochronie zdrowia (Dz.U. z 2025 r. poz. 302 ze zm.), Administratorem danych przetwarzanych w Systemie Informacji Medycznej (SIM), którego częścią jest centralna e-rejestracja, jest Minister Zdrowia.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="472891F1" w14:textId="4FFE03F6" w:rsidR="002E1510" w:rsidRDefault="002E1510" w:rsidP="002E1510">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+        <w:rPr>
+          <w:ins w:id="71" w:author="Autor"/>
+        </w:rPr>
+        <w:pPrChange w:id="72" w:author="Autor">
+          <w:pPr/>
+        </w:pPrChange>
+      </w:pPr>
+      <w:ins w:id="73" w:author="Autor">
+        <w:r>
+          <w:t>Centrum e-Zdrowia działa w tym zakresie jako podmiot przetwarzający w rozumieniu art. 28 RODO, realizując obsługę techniczną systemu na rzecz Ministra Zdrowia.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="04E0D50F" w14:textId="31B161E9" w:rsidR="002E1510" w:rsidRDefault="002E1510" w:rsidP="002E1510">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+        <w:rPr>
+          <w:ins w:id="74" w:author="Autor"/>
+        </w:rPr>
+        <w:pPrChange w:id="75" w:author="Autor">
+          <w:pPr/>
+        </w:pPrChange>
+      </w:pPr>
+      <w:ins w:id="76" w:author="Autor">
+        <w:r>
+          <w:t>PWDL pozostaje administratorem danych pacjentów we własnych systemach wewnętrznych (np. EDM, systemy gabinetowe). W odniesieniu do danych wprowadzonych do e-rejestracji PWDL pełni funkcję podmiotu zobowiązanego do wprowadzenia danych i odpowiada za ich prawidłowość, kompletność oraz zgodność z dokumentacją medyczną pacjenta.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00AA79F0">
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="6F1D3C5D" w14:textId="3B254B4F" w:rsidR="002E1510" w:rsidRDefault="002E1510" w:rsidP="002E1510">
+      <w:pPr>
+        <w:rPr>
+          <w:ins w:id="77" w:author="Autor"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65278172" w14:textId="63FF954F" w:rsidR="002E1510" w:rsidRPr="00C25C58" w:rsidRDefault="002E1510" w:rsidP="002E1510">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:rPr>
+          <w:ins w:id="78" w:author="Autor"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="79" w:author="Autor">
+        <w:r w:rsidRPr="002E1510">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>W jakich rolach występować będzie PWDL względem danych personelu PWDL, jako użytkowników systemu e-rejestracji? Kto będzie tworzył konta dla takiego personelu, kto będzie ADO dla tych danych, czy będzie to PWDL zatrudniający, czy też funkcję ADO przejmował będzie inny podmiot? Jeśli tak to jaki? Ewentualnie czy inny podmiot będzie występował w roli Podmiotu Przetwarzającego względem wprowadzonych danych personelu jako użytkowników systemu e-rejestracji?</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="67F18CF0" w14:textId="77777777" w:rsidR="002E1510" w:rsidRDefault="002E1510" w:rsidP="002E1510">
+      <w:pPr>
+        <w:rPr>
+          <w:ins w:id="80" w:author="Autor"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="81" w:author="Autor">
+        <w:r w:rsidRPr="00C25C58">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>Odp.:</w:t>
+        </w:r>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:t>W zakresie dot. personelu:</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="46D830C2" w14:textId="535868D7" w:rsidR="002E1510" w:rsidRDefault="002E1510" w:rsidP="002E1510">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="66"/>
+        </w:numPr>
+        <w:rPr>
+          <w:ins w:id="82" w:author="Autor"/>
+        </w:rPr>
+        <w:pPrChange w:id="83" w:author="Autor">
+          <w:pPr/>
+        </w:pPrChange>
+      </w:pPr>
+      <w:ins w:id="84" w:author="Autor">
+        <w:r>
+          <w:t>Dane osobowe personelu PWDL, w zakresie niezbędnym do uwierzytelnienia i korzystania z</w:t>
+        </w:r>
+        <w:r>
+          <w:t> </w:t>
+        </w:r>
+        <w:r>
+          <w:t>systemu e-rejestracji, po ich wprowadzeniu do SIM, podlegają przetwarzaniu, którego administratorem jest Minister Zdrowia, natomiast Centrum e-Zdrowia pełni rolę podmiotu przetwarzającego.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="0CBA9E31" w14:textId="2B9BE608" w:rsidR="002E1510" w:rsidRDefault="002E1510" w:rsidP="002E1510">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="66"/>
+        </w:numPr>
+        <w:rPr>
+          <w:ins w:id="85" w:author="Autor"/>
+        </w:rPr>
+        <w:pPrChange w:id="86" w:author="Autor">
+          <w:pPr>
+            <w:ind w:left="360"/>
+          </w:pPr>
+        </w:pPrChange>
+      </w:pPr>
+      <w:ins w:id="87" w:author="Autor">
+        <w:r>
+          <w:t>Jednocześnie PWDL pozostaje administratorem danych swojego personelu w ramach relacji pracowniczych lub cywilnoprawnych (np. prowadzenie dokumentacji kadrowej, obsługa zatrudnienia).</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="6E5384E8" w14:textId="77777777" w:rsidR="002E1510" w:rsidRDefault="002E1510" w:rsidP="002E1510">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:ins w:id="88" w:author="Autor"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BE27E85" w14:textId="77777777" w:rsidR="00886252" w:rsidRDefault="00886252" w:rsidP="00886252">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:rPr>
+          <w:ins w:id="89" w:author="Autor"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="90" w:author="Autor">
+        <w:r w:rsidRPr="00886252">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>W sytuacji, w której podmiot udziela świadczeń dot. mammografii profilatkycznej w kilku województwach, jak należy prawidłowo zapisać:</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="5D6203DC" w14:textId="77777777" w:rsidR="00886252" w:rsidRPr="00587079" w:rsidRDefault="00886252" w:rsidP="00587079">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="67"/>
+        </w:numPr>
+        <w:rPr>
+          <w:ins w:id="91" w:author="Autor"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rPrChange w:id="92" w:author="Autor">
+            <w:rPr>
+              <w:ins w:id="93" w:author="Autor"/>
+            </w:rPr>
+          </w:rPrChange>
+        </w:rPr>
+        <w:pPrChange w:id="94" w:author="Autor">
+          <w:pPr>
+            <w:ind w:left="720"/>
+          </w:pPr>
+        </w:pPrChange>
+      </w:pPr>
+      <w:ins w:id="95" w:author="Autor">
+        <w:r w:rsidRPr="00587079">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:rPrChange w:id="96" w:author="Autor">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>Miejsca Udzielania Świadczeń - czy dla każdego województwa należy dodać kolejne MUŚ?</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="151EA096" w14:textId="73249481" w:rsidR="002E1510" w:rsidRPr="00587079" w:rsidRDefault="00886252" w:rsidP="00587079">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="67"/>
+        </w:numPr>
+        <w:rPr>
+          <w:ins w:id="97" w:author="Autor"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rPrChange w:id="98" w:author="Autor">
+            <w:rPr>
+              <w:ins w:id="99" w:author="Autor"/>
+            </w:rPr>
+          </w:rPrChange>
+        </w:rPr>
+        <w:pPrChange w:id="100" w:author="Autor">
+          <w:pPr>
+            <w:pStyle w:val="Akapitzlist"/>
+            <w:numPr>
+              <w:numId w:val="19"/>
+            </w:numPr>
+            <w:ind w:hanging="360"/>
+          </w:pPr>
+        </w:pPrChange>
+      </w:pPr>
+      <w:ins w:id="101" w:author="Autor">
+        <w:r w:rsidRPr="00587079">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:rPrChange w:id="102" w:author="Autor">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>Mobilne Punkty Obsługi -  czy dla każdego województwa należy dodać kolejne MPO?</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="463AF143" w14:textId="59AFAB51" w:rsidR="00886252" w:rsidRDefault="002E1510" w:rsidP="00886252">
+      <w:pPr>
+        <w:rPr>
+          <w:ins w:id="103" w:author="Autor"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="104" w:author="Autor">
+        <w:r w:rsidRPr="00C25C58">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>Odp.:</w:t>
+        </w:r>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00886252">
+          <w:t xml:space="preserve">W takiej sytuacji należy zgłosić w ramach gotowości komórkę dla mobilnych punktów ze wskazaniem oddzielnie każdego kodu świadczeniodawcy w kolejnym wierszu w tabeli w oświadczeniu (np. jeśli MUŚ X realizuje badania w ramach kodu świadczeniodawcy w województwie Lubuskim i Zachodniopomorskim to należy wskazać dwukrotnie ten sam MUŚ, ale wyróżnić OW NFZ oraz kod świadczeniodawcy w wierszu). W ramach jednego MUŚ, który realizuje mobilnie badania należy przekazać w systemie oddzielnie Mobilne Punkty Obsługi (usługi w eRejestracji). Nie trzeba rejestrować nowego MUŚ dla każdego mobilnego punktu. Udostępnione terminy będą weryfikowane po danych </w:t>
+        </w:r>
+        <w:r w:rsidR="00886252">
+          <w:lastRenderedPageBreak/>
+          <w:t>adresowych wskazanych przez realizatora pilotażu w danych slotu w harmonogramie mobilnym. Proces weryfikacji zmapuje informacje o realizowanych umowach na badania w ramach tego samego MUŚ.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="10DC3D1D" w14:textId="5E465ED2" w:rsidR="00886252" w:rsidRDefault="00886252" w:rsidP="00886252">
+      <w:ins w:id="105" w:author="Autor">
+        <w:r>
+          <w:t>W przypadku pracowni stacjonarnych należy zgłosić oddzielnie każdy MUŚ gdzie świadczeń udziela pracownia stacjonarna.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="66D7066B" w14:textId="77777777" w:rsidR="002E1510" w:rsidRDefault="002E1510" w:rsidP="002E1510">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:ins w:id="106" w:author="Autor"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41F78A40" w14:textId="77777777" w:rsidR="00587079" w:rsidRDefault="00587079" w:rsidP="00587079">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:rPr>
+          <w:ins w:id="107" w:author="Autor"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="108" w:author="Autor">
+        <w:r w:rsidRPr="00587079">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>Na środowisku integracyjnym możliwe jest wywołanie zapisu na wizytę ze skierowaniem papierowym zwykłym na sloty PILNE.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="621E2FBB" w14:textId="1A4E1E92" w:rsidR="002E1510" w:rsidRPr="00587079" w:rsidRDefault="00587079" w:rsidP="00587079">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:rPr>
+          <w:ins w:id="109" w:author="Autor"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:pPrChange w:id="110" w:author="Autor">
+          <w:pPr>
+            <w:pStyle w:val="Akapitzlist"/>
+            <w:numPr>
+              <w:numId w:val="19"/>
+            </w:numPr>
+            <w:ind w:hanging="360"/>
+          </w:pPr>
+        </w:pPrChange>
+      </w:pPr>
+      <w:ins w:id="111" w:author="Autor">
+        <w:r w:rsidRPr="00587079">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>Czy taki scenariusz jest poprawny i zamierzony, czy to błąd?</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="0A8DC8DD" w14:textId="77777777" w:rsidR="00587079" w:rsidRDefault="002E1510" w:rsidP="00587079">
+      <w:pPr>
+        <w:rPr>
+          <w:ins w:id="112" w:author="Autor"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="113" w:author="Autor">
+        <w:r w:rsidRPr="00C25C58">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>Odp.:</w:t>
+        </w:r>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00587079">
+          <w:t>SER świadomie pozwala placówce na zapisanie do siebie pacjenta stabilnego na slot pilny lub uprzywilejowany. Jest na to też poprawka przygotowana na W28.1.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="18600F65" w14:textId="6F08F6D1" w:rsidR="00886252" w:rsidRDefault="00587079" w:rsidP="00587079">
+      <w:pPr>
+        <w:rPr>
+          <w:ins w:id="114" w:author="Autor"/>
+        </w:rPr>
+        <w:pPrChange w:id="115" w:author="Autor">
+          <w:pPr>
+            <w:pStyle w:val="Akapitzlist"/>
+            <w:numPr>
+              <w:numId w:val="66"/>
+            </w:numPr>
+            <w:ind w:hanging="360"/>
+          </w:pPr>
+        </w:pPrChange>
+      </w:pPr>
+      <w:ins w:id="116" w:author="Autor">
+        <w:r>
+          <w:t>Wynika to w tym przypadku z ogólnego założenia, że podmiot wykonuje daną operację zamierzenie. Dlatego też przy zapisach do siebie placówka ma więcej możliwości działania. Występuje tu również potencjalna korzyść biznesowa - termin się nie zmarnuje, ponieważ placówka wykorzysta go na stabilnego pacjenta, skoro nie ma pacjentów pilnych.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="383B5D66" w14:textId="77777777" w:rsidR="00886252" w:rsidRDefault="00886252" w:rsidP="00886252">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:ins w:id="117" w:author="Autor"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46E93FE1" w14:textId="77777777" w:rsidR="00587079" w:rsidRDefault="00587079" w:rsidP="00587079">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:rPr>
+          <w:ins w:id="118" w:author="Autor"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="119" w:author="Autor">
+        <w:r w:rsidRPr="00587079">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>Proszę o wyjaśnienie jak należy interpretować oraz czym są:</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="68F80E0F" w14:textId="0FBC91D9" w:rsidR="00587079" w:rsidRPr="00587079" w:rsidRDefault="00587079" w:rsidP="00587079">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="68"/>
+        </w:numPr>
+        <w:rPr>
+          <w:ins w:id="120" w:author="Autor"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:pPrChange w:id="121" w:author="Autor">
+          <w:pPr>
+            <w:pStyle w:val="Akapitzlist"/>
+            <w:numPr>
+              <w:numId w:val="19"/>
+            </w:numPr>
+            <w:ind w:hanging="360"/>
+          </w:pPr>
+        </w:pPrChange>
+      </w:pPr>
+      <w:ins w:id="122" w:author="Autor">
+        <w:r w:rsidRPr="00587079">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>procedura DOMYŚLNA</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>;</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="0F405009" w14:textId="3AD6993A" w:rsidR="00587079" w:rsidRPr="00587079" w:rsidRDefault="00587079" w:rsidP="00587079">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="68"/>
+        </w:numPr>
+        <w:rPr>
+          <w:ins w:id="123" w:author="Autor"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:pPrChange w:id="124" w:author="Autor">
+          <w:pPr>
+            <w:pStyle w:val="Akapitzlist"/>
+            <w:numPr>
+              <w:numId w:val="19"/>
+            </w:numPr>
+            <w:ind w:hanging="360"/>
+          </w:pPr>
+        </w:pPrChange>
+      </w:pPr>
+      <w:ins w:id="125" w:author="Autor">
+        <w:r w:rsidRPr="00587079">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>procedura techniczna DOMYŚLNA</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>;</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="0D6CD831" w14:textId="68457043" w:rsidR="00886252" w:rsidRPr="007F10BC" w:rsidRDefault="00587079" w:rsidP="00587079">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="68"/>
+        </w:numPr>
+        <w:rPr>
+          <w:ins w:id="126" w:author="Autor"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:pPrChange w:id="127" w:author="Autor">
+          <w:pPr>
+            <w:pStyle w:val="Akapitzlist"/>
+            <w:numPr>
+              <w:numId w:val="67"/>
+            </w:numPr>
+            <w:ind w:left="1440" w:hanging="360"/>
+          </w:pPr>
+        </w:pPrChange>
+      </w:pPr>
+      <w:ins w:id="128" w:author="Autor">
+        <w:r w:rsidRPr="00587079">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>procedura technicznej DOWOLNA</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="2AAAFD13" w14:textId="77777777" w:rsidR="00587079" w:rsidRDefault="00886252" w:rsidP="00587079">
+      <w:pPr>
+        <w:rPr>
+          <w:ins w:id="129" w:author="Autor"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="130" w:author="Autor">
+        <w:r w:rsidRPr="00C25C58">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>Odp.:</w:t>
+        </w:r>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00587079">
+          <w:t>Dotychczas system eRejestracji umożliwiał konfiguracje domyślnego czasu wizyty na poziomie MUŚ (zapiszDaneMUS, edytujDaneMUS) co obejmowało całą poradnię tj. jeden domyślny czas wizyty dla każdego lekarza. Obecnie parametr może być definiowany na poziomie harmonogramu aby obsłużyć sytuację, że lekarz A przyjmuje pacjenta 20 min, a lekarz B przyjmuje 30 min.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="7CBB8DA7" w14:textId="047B4712" w:rsidR="00587079" w:rsidRDefault="00587079" w:rsidP="00587079">
+      <w:pPr>
+        <w:rPr>
+          <w:ins w:id="131" w:author="Autor"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="132" w:author="Autor">
+        <w:r>
+          <w:t>Informacja o terminie DOMYSLNA oznacza techniczną procedurę utworzoną na potrzebę obsługi w</w:t>
+        </w:r>
+        <w:r>
+          <w:t> </w:t>
+        </w:r>
+        <w:r>
+          <w:t>systemie wizyt umawianych na podstawie skierowań gdzie wystawca nie określił procedury ICD-9(ok. 99% skierowań wystawianych w PL) , która w systemie jest podstawą do zaalokowania odpowiedniego czasu na wizytę podczas zapisu.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="42363202" w14:textId="77777777" w:rsidR="00587079" w:rsidRDefault="00587079" w:rsidP="00587079">
+      <w:pPr>
+        <w:rPr>
+          <w:ins w:id="133" w:author="Autor"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="134" w:author="Autor">
+        <w:r>
+          <w:t>Termin DOWOLNA oznacza techniczną procedurę utworzoną na potrzeby obsługi sytuacji gdzie MUŚ/harmonogram nie chce definiować każdej procedury osobno, ale oznacza, że dany harmonogram jest w stanie obsłużyć każdą jaka pojawi się na skierowaniu wystawionym do danego kodu specjalności MUŚ i pojawi się zgłoszenie umówienia wizyty na podstawie takiego skierowania.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="342957C2" w14:textId="77777777" w:rsidR="00587079" w:rsidRDefault="00587079" w:rsidP="00587079">
+      <w:pPr>
+        <w:rPr>
+          <w:ins w:id="135" w:author="Autor"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="136" w:author="Autor">
+        <w:r>
+          <w:t>Obie procedury mogą być w nowej wersji definiowane opcjonalnie.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="25D64AA7" w14:textId="2F92AD4D" w:rsidR="00587079" w:rsidDel="00587079" w:rsidRDefault="00587079" w:rsidP="00587079">
+      <w:pPr>
+        <w:rPr>
+          <w:ins w:id="137" w:author="Autor"/>
+          <w:del w:id="138" w:author="Autor"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="139" w:author="Autor">
+        <w:r>
+          <w:t>Powyższe zwiększa elastyczność organizacji harmonogramów przyjęć prowadzonych w Centralnej eRejestracji</w:t>
+        </w:r>
+        <w:r>
+          <w:t>.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="06B66324" w14:textId="77777777" w:rsidR="00620293" w:rsidRPr="006D4A72" w:rsidRDefault="00620293" w:rsidP="00587079"/>
+    <w:sectPr w:rsidR="00620293" w:rsidRPr="006D4A72" w:rsidSect="000D7B3C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="2977" w:left="1418" w:header="567" w:footer="454" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79CCF7FF" w14:textId="77777777" w:rsidR="007E0542" w:rsidRDefault="007E0542" w:rsidP="003373BE">
+    <w:p w14:paraId="012FB86C" w14:textId="77777777" w:rsidR="005D0F6A" w:rsidRDefault="005D0F6A" w:rsidP="003373BE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="537C3DC8" w14:textId="77777777" w:rsidR="007E0542" w:rsidRDefault="007E0542" w:rsidP="003373BE">
+    <w:p w14:paraId="30594018" w14:textId="77777777" w:rsidR="005D0F6A" w:rsidRDefault="005D0F6A" w:rsidP="003373BE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1DB125D6" w14:textId="77777777" w:rsidR="007E0542" w:rsidRDefault="007E0542">
+    <w:p w14:paraId="76EFCC82" w14:textId="77777777" w:rsidR="005D0F6A" w:rsidRDefault="005D0F6A">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -11326,51 +9676,51 @@
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
@@ -12778,65 +11128,65 @@
     <w:r>
       <w:rPr>
         <w:color w:val="00648C"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="00648C"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="00648C"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6F0F98F8" w14:textId="77777777" w:rsidR="007E0542" w:rsidRDefault="007E0542" w:rsidP="003373BE">
+    <w:p w14:paraId="75C01125" w14:textId="77777777" w:rsidR="005D0F6A" w:rsidRDefault="005D0F6A" w:rsidP="003373BE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="08D39FAC" w14:textId="77777777" w:rsidR="007E0542" w:rsidRDefault="007E0542" w:rsidP="003373BE">
+    <w:p w14:paraId="1E1E2373" w14:textId="77777777" w:rsidR="005D0F6A" w:rsidRDefault="005D0F6A" w:rsidP="003373BE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7C167F3B" w14:textId="77777777" w:rsidR="007E0542" w:rsidRDefault="007E0542">
+    <w:p w14:paraId="6CCAD0ED" w14:textId="77777777" w:rsidR="005D0F6A" w:rsidRDefault="005D0F6A">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3EE489B1" w14:textId="77777777" w:rsidR="00EF03E4" w:rsidRDefault="00EF03E4">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="196372B8" w14:textId="77777777" w:rsidR="00335BD2" w:rsidRPr="004C295A" w:rsidRDefault="00335BD2" w:rsidP="005B12FC">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
       <w:jc w:val="center"/>
     </w:pPr>
@@ -14551,50 +12901,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1CE65617"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D4A8D382"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F3E3AD6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -14663,51 +13126,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F50050C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FEC67B00"/>
     <w:lvl w:ilvl="0" w:tplc="31C48448">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Tabelanumerowanie1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="777" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1497" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -14750,51 +13213,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5097" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5817" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6537" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20FA5897"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -14863,51 +13326,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23970C4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4A6EBE16"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14976,51 +13439,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23A8966F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="389E8F2E"/>
     <w:lvl w:ilvl="0" w:tplc="8092C8A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="430A32DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -15089,51 +13552,51 @@
     <w:lvl w:ilvl="7" w:tplc="981A9D26">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="45AC3BEE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24230192"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="34642F1C"/>
     <w:lvl w:ilvl="0" w:tplc="8EE67D5A">
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Tabelapunktowanie1"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1174" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1894" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15202,51 +13665,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6214" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6934" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24673928"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -15315,51 +13778,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24673D97"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -15428,51 +13891,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C7C5580"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7E342FF6"/>
     <w:lvl w:ilvl="0" w:tplc="6D30476A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktowaniepoz1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -15542,51 +14005,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EF63E1C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -15655,51 +14118,277 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32441A3C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2E5E5798"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35135CFA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6386669E"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35750569"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -15768,51 +14457,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36674CBB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -15881,51 +14570,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36E248B5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -15994,51 +14683,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38915AC3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="39B436FE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:color w:val="002776"/>
         <w:sz w:val="52"/>
         <w:szCs w:val="52"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -16245,51 +14934,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39077F55"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9B0370C"/>
     <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5D8642A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="6%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -16337,51 +15026,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A366DD4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -16450,51 +15139,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CB77367"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="34C03970"/>
     <w:lvl w:ilvl="0" w:tplc="DDC8F8A0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Tabela-punktowanie"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9C308344">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -16564,51 +15253,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D0538E5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -16677,51 +15366,164 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3E2B4736"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3EA24328"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41DB427C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -16790,51 +15592,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="433A5245"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -16903,51 +15705,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4341AD31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C054F0BC"/>
     <w:lvl w:ilvl="0" w:tplc="E086F59A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B2BA0688">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -17016,51 +15818,51 @@
     <w:lvl w:ilvl="7" w:tplc="D8ACFEBE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="451EDDF8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43695378"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -17129,51 +15931,164 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="439A39ED"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="150CAFB6"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46A03C1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B770EC0A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -17278,51 +16193,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47072D71"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -17391,51 +16306,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="482168D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1F2C2C34"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17504,51 +16419,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B6818EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AD74F0AA"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17617,51 +16532,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CF75453"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="48DCA8AE"/>
     <w:lvl w:ilvl="0" w:tplc="BB58BA7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="tabelanumeracja"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="664" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -17707,51 +16622,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DCD71E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="85E07F8A"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -17796,51 +16711,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4EDA410D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -17909,51 +16824,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50B20F9F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="85E07F8A"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -17998,51 +16913,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51B72B5F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE7AB484"/>
     <w:lvl w:ilvl="0" w:tplc="B76AE616">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numerowaniepoz1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -18092,51 +17007,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57DE256A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3D3A3214"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18205,51 +17120,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="597B14DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="85E07F8A"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -18294,51 +17209,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B2A315A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -18407,51 +17322,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F0352D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E328F90C"/>
     <w:lvl w:ilvl="0" w:tplc="0922AC40">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktowaniepoz3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2308" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3028" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -18521,51 +17436,164 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7348" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="614261FD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DB866376"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63C13726"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="699AAB14"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18662,51 +17690,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="660F10C6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3A02F190"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nagwek1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nagwek2"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="750" w:hanging="390"/>
@@ -18788,51 +17816,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6626089D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -18901,51 +17929,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="59" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="664F33D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65A86586"/>
     <w:lvl w:ilvl="0" w:tplc="347CEBFC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktowaniepoz2"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -19015,51 +18043,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9000" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="60" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F831614"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A18FEEC"/>
     <w:lvl w:ilvl="0" w:tplc="4EAA2FE6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D480E23C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="BEF07092">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -19101,51 +18129,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="F82A108E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="74E00F9C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="61" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F9F66CC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -19214,51 +18242,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="62" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="760C183F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EBEEB604"/>
     <w:lvl w:ilvl="0" w:tplc="3CF03F3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFF4D682">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="EF006D84">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -19300,51 +18328,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="EC40D858">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5968849C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="63" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76D942C8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -19413,51 +18441,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="64" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77D45994"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -19526,51 +18554,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="65" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C3E3292"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -19640,273 +18668,290 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="27461440">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="269702510">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1662348182">
-    <w:abstractNumId w:val="56"/>
+    <w:abstractNumId w:val="62"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1002508095">
-    <w:abstractNumId w:val="54"/>
+    <w:abstractNumId w:val="60"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1235354024">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1813709688">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1974749598">
-    <w:abstractNumId w:val="45"/>
+    <w:abstractNumId w:val="50"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="127287547">
-    <w:abstractNumId w:val="50"/>
+    <w:abstractNumId w:val="56"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="664479914">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="734742669">
-    <w:abstractNumId w:val="53"/>
+    <w:abstractNumId w:val="59"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1643341037">
-    <w:abstractNumId w:val="49"/>
+    <w:abstractNumId w:val="54"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1425344774">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1609775978">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="245967671">
-    <w:abstractNumId w:val="41"/>
+    <w:abstractNumId w:val="46"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1981810756">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1250232188">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="24256336">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1757163571">
-    <w:abstractNumId w:val="51"/>
+    <w:abstractNumId w:val="57"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1017585060">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1893685840">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1849247941">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="918176965">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1322008195">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="2090030474">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1825927313">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1736003325">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1550458270">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1241017236">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1100222968">
-    <w:abstractNumId w:val="58"/>
+    <w:abstractNumId w:val="64"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="2133401209">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="813301824">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1523789019">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="953437117">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="789863121">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1565212124">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1752660731">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="106321028">
-    <w:abstractNumId w:val="38"/>
+    <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="366296596">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="2070348838">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="2017800490">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1742555860">
-    <w:abstractNumId w:val="55"/>
+    <w:abstractNumId w:val="61"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1157041445">
-    <w:abstractNumId w:val="57"/>
+    <w:abstractNumId w:val="63"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1538397131">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1345547423">
-    <w:abstractNumId w:val="59"/>
+    <w:abstractNumId w:val="65"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="124588012">
-    <w:abstractNumId w:val="48"/>
+    <w:abstractNumId w:val="53"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1612206380">
-    <w:abstractNumId w:val="43"/>
+    <w:abstractNumId w:val="48"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="1590121876">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="801775081">
-    <w:abstractNumId w:val="52"/>
+    <w:abstractNumId w:val="58"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="290213316">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1170678657">
-    <w:abstractNumId w:val="39"/>
+    <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="259996388">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="52" w16cid:durableId="623272095">
-    <w:abstractNumId w:val="42"/>
+    <w:abstractNumId w:val="47"/>
   </w:num>
   <w:num w:numId="53" w16cid:durableId="1263295132">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="54" w16cid:durableId="1932394692">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="55" w16cid:durableId="1161039716">
-    <w:abstractNumId w:val="47"/>
+    <w:abstractNumId w:val="52"/>
   </w:num>
   <w:num w:numId="56" w16cid:durableId="1739396499">
-    <w:abstractNumId w:val="44"/>
+    <w:abstractNumId w:val="49"/>
   </w:num>
   <w:num w:numId="57" w16cid:durableId="829296212">
-    <w:abstractNumId w:val="51"/>
+    <w:abstractNumId w:val="57"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="58" w16cid:durableId="1768378312">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="59" w16cid:durableId="1790276371">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="60" w16cid:durableId="1031109341">
-    <w:abstractNumId w:val="40"/>
+    <w:abstractNumId w:val="45"/>
   </w:num>
   <w:num w:numId="61" w16cid:durableId="948009769">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="62" w16cid:durableId="202133164">
-    <w:abstractNumId w:val="46"/>
+    <w:abstractNumId w:val="51"/>
+  </w:num>
+  <w:num w:numId="63" w16cid:durableId="224530059">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="64" w16cid:durableId="1288706757">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="65" w16cid:durableId="2034720332">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="66" w16cid:durableId="916284497">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="67" w16cid:durableId="677657085">
+    <w:abstractNumId w:val="55"/>
+  </w:num>
+  <w:num w:numId="68" w16cid:durableId="321853248">
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="53"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pl-PL" w:vendorID="12" w:dllVersion="512" w:checkStyle="1"/>
-  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -19923,50 +18968,51 @@
     <w:rsid w:val="00010AF1"/>
     <w:rsid w:val="00010CF1"/>
     <w:rsid w:val="00011253"/>
     <w:rsid w:val="0001179C"/>
     <w:rsid w:val="00012C99"/>
     <w:rsid w:val="00012DA4"/>
     <w:rsid w:val="00012ECA"/>
     <w:rsid w:val="000142C6"/>
     <w:rsid w:val="0001492F"/>
     <w:rsid w:val="0001556B"/>
     <w:rsid w:val="000173C6"/>
     <w:rsid w:val="00017AC7"/>
     <w:rsid w:val="000200E0"/>
     <w:rsid w:val="0002099F"/>
     <w:rsid w:val="00022744"/>
     <w:rsid w:val="0002442E"/>
     <w:rsid w:val="00025FDD"/>
     <w:rsid w:val="000261DD"/>
     <w:rsid w:val="00026814"/>
     <w:rsid w:val="000306E6"/>
     <w:rsid w:val="00032D5D"/>
     <w:rsid w:val="000331B2"/>
     <w:rsid w:val="00034311"/>
     <w:rsid w:val="00034EC9"/>
     <w:rsid w:val="00035130"/>
+    <w:rsid w:val="00035E1F"/>
     <w:rsid w:val="000363E3"/>
     <w:rsid w:val="00036E8B"/>
     <w:rsid w:val="00040183"/>
     <w:rsid w:val="00042D08"/>
     <w:rsid w:val="0004452F"/>
     <w:rsid w:val="00047664"/>
     <w:rsid w:val="0005134A"/>
     <w:rsid w:val="0005212B"/>
     <w:rsid w:val="00052F16"/>
     <w:rsid w:val="0005323B"/>
     <w:rsid w:val="00053EA9"/>
     <w:rsid w:val="00055666"/>
     <w:rsid w:val="0005708A"/>
     <w:rsid w:val="00057D37"/>
     <w:rsid w:val="000601FA"/>
     <w:rsid w:val="000602E4"/>
     <w:rsid w:val="000609B6"/>
     <w:rsid w:val="00061101"/>
     <w:rsid w:val="0006175D"/>
     <w:rsid w:val="00061FF6"/>
     <w:rsid w:val="00064481"/>
     <w:rsid w:val="000653A7"/>
     <w:rsid w:val="00065CF8"/>
     <w:rsid w:val="0006619C"/>
     <w:rsid w:val="00066454"/>
@@ -20088,50 +19134,51 @@
     <w:rsid w:val="001570AB"/>
     <w:rsid w:val="001576FE"/>
     <w:rsid w:val="00157ACA"/>
     <w:rsid w:val="00160D57"/>
     <w:rsid w:val="0016116D"/>
     <w:rsid w:val="00161D51"/>
     <w:rsid w:val="001626FB"/>
     <w:rsid w:val="001642B3"/>
     <w:rsid w:val="00165775"/>
     <w:rsid w:val="00165834"/>
     <w:rsid w:val="00170B4D"/>
     <w:rsid w:val="001715BA"/>
     <w:rsid w:val="001717AC"/>
     <w:rsid w:val="0017427D"/>
     <w:rsid w:val="00174A88"/>
     <w:rsid w:val="00174ABD"/>
     <w:rsid w:val="00174FBC"/>
     <w:rsid w:val="00176CFB"/>
     <w:rsid w:val="0017700D"/>
     <w:rsid w:val="00191875"/>
     <w:rsid w:val="001920C6"/>
     <w:rsid w:val="001930CB"/>
     <w:rsid w:val="00193495"/>
     <w:rsid w:val="00193703"/>
     <w:rsid w:val="00194182"/>
+    <w:rsid w:val="00194224"/>
     <w:rsid w:val="001957BF"/>
     <w:rsid w:val="001963E7"/>
     <w:rsid w:val="001A0D76"/>
     <w:rsid w:val="001A1BE9"/>
     <w:rsid w:val="001A2879"/>
     <w:rsid w:val="001A2A24"/>
     <w:rsid w:val="001A2C2F"/>
     <w:rsid w:val="001A6ADE"/>
     <w:rsid w:val="001B1F01"/>
     <w:rsid w:val="001B215F"/>
     <w:rsid w:val="001B2B6E"/>
     <w:rsid w:val="001B3B2B"/>
     <w:rsid w:val="001B3D28"/>
     <w:rsid w:val="001B3DB8"/>
     <w:rsid w:val="001B44EC"/>
     <w:rsid w:val="001B605C"/>
     <w:rsid w:val="001B686B"/>
     <w:rsid w:val="001B6CB8"/>
     <w:rsid w:val="001B7187"/>
     <w:rsid w:val="001B7E3D"/>
     <w:rsid w:val="001C0F0F"/>
     <w:rsid w:val="001C1503"/>
     <w:rsid w:val="001C57E8"/>
     <w:rsid w:val="001C6A10"/>
     <w:rsid w:val="001C7B2C"/>
@@ -20234,50 +19281,51 @@
     <w:rsid w:val="002A5898"/>
     <w:rsid w:val="002B0035"/>
     <w:rsid w:val="002B3958"/>
     <w:rsid w:val="002B4882"/>
     <w:rsid w:val="002B5420"/>
     <w:rsid w:val="002B56F9"/>
     <w:rsid w:val="002B617D"/>
     <w:rsid w:val="002B6E24"/>
     <w:rsid w:val="002B7417"/>
     <w:rsid w:val="002C197C"/>
     <w:rsid w:val="002C2FEF"/>
     <w:rsid w:val="002C48CA"/>
     <w:rsid w:val="002C4ECC"/>
     <w:rsid w:val="002C6200"/>
     <w:rsid w:val="002C63B2"/>
     <w:rsid w:val="002C6D08"/>
     <w:rsid w:val="002D1650"/>
     <w:rsid w:val="002D1D09"/>
     <w:rsid w:val="002D1F17"/>
     <w:rsid w:val="002D2E46"/>
     <w:rsid w:val="002D4D37"/>
     <w:rsid w:val="002D4DBE"/>
     <w:rsid w:val="002D563E"/>
     <w:rsid w:val="002D7161"/>
     <w:rsid w:val="002D7F58"/>
+    <w:rsid w:val="002E1510"/>
     <w:rsid w:val="002E20B3"/>
     <w:rsid w:val="002E2AAE"/>
     <w:rsid w:val="002E3748"/>
     <w:rsid w:val="002E418D"/>
     <w:rsid w:val="002E4235"/>
     <w:rsid w:val="002E450D"/>
     <w:rsid w:val="002E721C"/>
     <w:rsid w:val="002E7620"/>
     <w:rsid w:val="002E78D5"/>
     <w:rsid w:val="002E7EBC"/>
     <w:rsid w:val="002F287E"/>
     <w:rsid w:val="002F43D7"/>
     <w:rsid w:val="002F6207"/>
     <w:rsid w:val="00300707"/>
     <w:rsid w:val="00302522"/>
     <w:rsid w:val="003042CB"/>
     <w:rsid w:val="00304CD9"/>
     <w:rsid w:val="00306025"/>
     <w:rsid w:val="003147E9"/>
     <w:rsid w:val="0031522B"/>
     <w:rsid w:val="0031530D"/>
     <w:rsid w:val="0031618B"/>
     <w:rsid w:val="00321343"/>
     <w:rsid w:val="0032149A"/>
     <w:rsid w:val="003228AD"/>
@@ -20332,50 +19380,51 @@
     <w:rsid w:val="0038799C"/>
     <w:rsid w:val="003902A8"/>
     <w:rsid w:val="0039046A"/>
     <w:rsid w:val="00390504"/>
     <w:rsid w:val="00391444"/>
     <w:rsid w:val="00391ADD"/>
     <w:rsid w:val="00393DBA"/>
     <w:rsid w:val="00396953"/>
     <w:rsid w:val="00397D6B"/>
     <w:rsid w:val="003A09C1"/>
     <w:rsid w:val="003A0AF1"/>
     <w:rsid w:val="003A2DCF"/>
     <w:rsid w:val="003A31AA"/>
     <w:rsid w:val="003A45B6"/>
     <w:rsid w:val="003A4859"/>
     <w:rsid w:val="003A6BD4"/>
     <w:rsid w:val="003A7497"/>
     <w:rsid w:val="003B0BA2"/>
     <w:rsid w:val="003B1706"/>
     <w:rsid w:val="003B1DCB"/>
     <w:rsid w:val="003B2E50"/>
     <w:rsid w:val="003B2E70"/>
     <w:rsid w:val="003B5D78"/>
     <w:rsid w:val="003B5FC7"/>
     <w:rsid w:val="003B7A6E"/>
+    <w:rsid w:val="003B7BAD"/>
     <w:rsid w:val="003C1E97"/>
     <w:rsid w:val="003C209D"/>
     <w:rsid w:val="003C2534"/>
     <w:rsid w:val="003C2BFA"/>
     <w:rsid w:val="003C315E"/>
     <w:rsid w:val="003C36DC"/>
     <w:rsid w:val="003C4343"/>
     <w:rsid w:val="003C5163"/>
     <w:rsid w:val="003C5ACE"/>
     <w:rsid w:val="003C68F4"/>
     <w:rsid w:val="003C6C55"/>
     <w:rsid w:val="003D0000"/>
     <w:rsid w:val="003D2270"/>
     <w:rsid w:val="003D47FF"/>
     <w:rsid w:val="003D482A"/>
     <w:rsid w:val="003D603D"/>
     <w:rsid w:val="003D615E"/>
     <w:rsid w:val="003D72BA"/>
     <w:rsid w:val="003E15EF"/>
     <w:rsid w:val="003E2197"/>
     <w:rsid w:val="003E2D1F"/>
     <w:rsid w:val="003E3BE7"/>
     <w:rsid w:val="003E5702"/>
     <w:rsid w:val="003E5831"/>
     <w:rsid w:val="003E591F"/>
@@ -20574,128 +19623,131 @@
     <w:rsid w:val="0056530D"/>
     <w:rsid w:val="00566B52"/>
     <w:rsid w:val="00567B17"/>
     <w:rsid w:val="00567BF5"/>
     <w:rsid w:val="00570CCE"/>
     <w:rsid w:val="005712AC"/>
     <w:rsid w:val="005717FD"/>
     <w:rsid w:val="0057244E"/>
     <w:rsid w:val="00572772"/>
     <w:rsid w:val="005743A4"/>
     <w:rsid w:val="00575167"/>
     <w:rsid w:val="005755F7"/>
     <w:rsid w:val="005756F5"/>
     <w:rsid w:val="005757FE"/>
     <w:rsid w:val="00575B1F"/>
     <w:rsid w:val="005762AA"/>
     <w:rsid w:val="00576D9E"/>
     <w:rsid w:val="0057720B"/>
     <w:rsid w:val="00582712"/>
     <w:rsid w:val="005828E8"/>
     <w:rsid w:val="005830AD"/>
     <w:rsid w:val="005836CC"/>
     <w:rsid w:val="005836DD"/>
     <w:rsid w:val="0058599C"/>
     <w:rsid w:val="00586377"/>
+    <w:rsid w:val="00587079"/>
     <w:rsid w:val="00590B30"/>
     <w:rsid w:val="005913B3"/>
     <w:rsid w:val="00593E02"/>
     <w:rsid w:val="00593FE6"/>
     <w:rsid w:val="00594228"/>
     <w:rsid w:val="005947EC"/>
     <w:rsid w:val="00594B20"/>
     <w:rsid w:val="00594E1B"/>
     <w:rsid w:val="0059706F"/>
     <w:rsid w:val="0059746E"/>
     <w:rsid w:val="005977C2"/>
     <w:rsid w:val="005A0023"/>
     <w:rsid w:val="005A0D57"/>
     <w:rsid w:val="005A11A1"/>
     <w:rsid w:val="005A1237"/>
     <w:rsid w:val="005A1671"/>
     <w:rsid w:val="005A23F9"/>
     <w:rsid w:val="005A243E"/>
     <w:rsid w:val="005A2ECC"/>
     <w:rsid w:val="005A34F8"/>
     <w:rsid w:val="005A4CED"/>
     <w:rsid w:val="005A6D1C"/>
     <w:rsid w:val="005A6DF9"/>
     <w:rsid w:val="005A7919"/>
     <w:rsid w:val="005A7BAA"/>
     <w:rsid w:val="005B12FC"/>
     <w:rsid w:val="005B3FEF"/>
     <w:rsid w:val="005B450A"/>
     <w:rsid w:val="005B4AE4"/>
     <w:rsid w:val="005B663F"/>
     <w:rsid w:val="005B686D"/>
     <w:rsid w:val="005B6DF5"/>
     <w:rsid w:val="005C0298"/>
     <w:rsid w:val="005C065E"/>
     <w:rsid w:val="005C0E9C"/>
     <w:rsid w:val="005C6B40"/>
     <w:rsid w:val="005C72C1"/>
     <w:rsid w:val="005C7F5F"/>
+    <w:rsid w:val="005D0F6A"/>
     <w:rsid w:val="005D28FF"/>
     <w:rsid w:val="005D335B"/>
     <w:rsid w:val="005D67DF"/>
     <w:rsid w:val="005D7B5A"/>
     <w:rsid w:val="005E0A39"/>
     <w:rsid w:val="005E1A44"/>
     <w:rsid w:val="005E2191"/>
     <w:rsid w:val="005E3ADB"/>
     <w:rsid w:val="005E3F12"/>
     <w:rsid w:val="005E44F6"/>
     <w:rsid w:val="005E4AF6"/>
     <w:rsid w:val="005E60AC"/>
     <w:rsid w:val="005E7030"/>
     <w:rsid w:val="005E7119"/>
     <w:rsid w:val="005E714A"/>
     <w:rsid w:val="005F0500"/>
     <w:rsid w:val="005F0C49"/>
     <w:rsid w:val="005F0F7E"/>
     <w:rsid w:val="005F1B55"/>
     <w:rsid w:val="005F4B7B"/>
     <w:rsid w:val="005F5CD4"/>
     <w:rsid w:val="00600237"/>
     <w:rsid w:val="00600B61"/>
     <w:rsid w:val="00601497"/>
     <w:rsid w:val="00601E48"/>
     <w:rsid w:val="00601EBD"/>
     <w:rsid w:val="00601F54"/>
     <w:rsid w:val="0060221E"/>
     <w:rsid w:val="006047B9"/>
     <w:rsid w:val="00606D7B"/>
     <w:rsid w:val="0061285B"/>
     <w:rsid w:val="006128F2"/>
     <w:rsid w:val="00613083"/>
     <w:rsid w:val="00613093"/>
     <w:rsid w:val="006136DD"/>
     <w:rsid w:val="00613A29"/>
     <w:rsid w:val="00614195"/>
     <w:rsid w:val="00614CF9"/>
     <w:rsid w:val="00616700"/>
     <w:rsid w:val="00617C5E"/>
+    <w:rsid w:val="00620293"/>
     <w:rsid w:val="0062176A"/>
     <w:rsid w:val="00622971"/>
     <w:rsid w:val="00623D4A"/>
     <w:rsid w:val="0062433B"/>
     <w:rsid w:val="006243D5"/>
     <w:rsid w:val="00624718"/>
     <w:rsid w:val="00624FB1"/>
     <w:rsid w:val="00625267"/>
     <w:rsid w:val="0062560E"/>
     <w:rsid w:val="00625DA1"/>
     <w:rsid w:val="00630068"/>
     <w:rsid w:val="00632C18"/>
     <w:rsid w:val="006355C4"/>
     <w:rsid w:val="00637A47"/>
     <w:rsid w:val="0064093C"/>
     <w:rsid w:val="00644E27"/>
     <w:rsid w:val="006457E5"/>
     <w:rsid w:val="00645D9F"/>
     <w:rsid w:val="00646006"/>
     <w:rsid w:val="00646015"/>
     <w:rsid w:val="00646660"/>
     <w:rsid w:val="00652DDA"/>
     <w:rsid w:val="0065305D"/>
     <w:rsid w:val="0065432A"/>
     <w:rsid w:val="006560F7"/>
@@ -20938,50 +19990,51 @@
     <w:rsid w:val="00844D15"/>
     <w:rsid w:val="00845BB4"/>
     <w:rsid w:val="00847D33"/>
     <w:rsid w:val="00847D7B"/>
     <w:rsid w:val="00851EFE"/>
     <w:rsid w:val="008538F7"/>
     <w:rsid w:val="00853B16"/>
     <w:rsid w:val="00854CC2"/>
     <w:rsid w:val="00855A46"/>
     <w:rsid w:val="00857650"/>
     <w:rsid w:val="00857AF9"/>
     <w:rsid w:val="008609E1"/>
     <w:rsid w:val="008610F3"/>
     <w:rsid w:val="00866FC2"/>
     <w:rsid w:val="00873468"/>
     <w:rsid w:val="00873A55"/>
     <w:rsid w:val="00873BD4"/>
     <w:rsid w:val="0087562C"/>
     <w:rsid w:val="008759F7"/>
     <w:rsid w:val="00880930"/>
     <w:rsid w:val="0088213E"/>
     <w:rsid w:val="00882361"/>
     <w:rsid w:val="008847E0"/>
     <w:rsid w:val="00884C74"/>
     <w:rsid w:val="00884CEA"/>
+    <w:rsid w:val="00886252"/>
     <w:rsid w:val="0088692E"/>
     <w:rsid w:val="0089018B"/>
     <w:rsid w:val="008902B0"/>
     <w:rsid w:val="00890475"/>
     <w:rsid w:val="00890A52"/>
     <w:rsid w:val="00890AFF"/>
     <w:rsid w:val="00891001"/>
     <w:rsid w:val="00891B29"/>
     <w:rsid w:val="00893A7B"/>
     <w:rsid w:val="00894361"/>
     <w:rsid w:val="00894677"/>
     <w:rsid w:val="00897315"/>
     <w:rsid w:val="008A0F70"/>
     <w:rsid w:val="008A1795"/>
     <w:rsid w:val="008A54E1"/>
     <w:rsid w:val="008A72D4"/>
     <w:rsid w:val="008A7A96"/>
     <w:rsid w:val="008A7F35"/>
     <w:rsid w:val="008A87DC"/>
     <w:rsid w:val="008B00B9"/>
     <w:rsid w:val="008B025A"/>
     <w:rsid w:val="008B06B9"/>
     <w:rsid w:val="008B2114"/>
     <w:rsid w:val="008B2A2D"/>
     <w:rsid w:val="008B2D68"/>
@@ -21036,50 +20089,51 @@
     <w:rsid w:val="009074BB"/>
     <w:rsid w:val="009100D3"/>
     <w:rsid w:val="009115A3"/>
     <w:rsid w:val="009126C4"/>
     <w:rsid w:val="00913F3D"/>
     <w:rsid w:val="0091448C"/>
     <w:rsid w:val="00915A59"/>
     <w:rsid w:val="009164B6"/>
     <w:rsid w:val="00916B0C"/>
     <w:rsid w:val="00917883"/>
     <w:rsid w:val="00917CD2"/>
     <w:rsid w:val="0092202F"/>
     <w:rsid w:val="009234D6"/>
     <w:rsid w:val="009249C5"/>
     <w:rsid w:val="0092773B"/>
     <w:rsid w:val="00927BFB"/>
     <w:rsid w:val="00927C10"/>
     <w:rsid w:val="00932FC0"/>
     <w:rsid w:val="00933275"/>
     <w:rsid w:val="00933951"/>
     <w:rsid w:val="00936210"/>
     <w:rsid w:val="009364A7"/>
     <w:rsid w:val="00936C38"/>
     <w:rsid w:val="00940D2D"/>
     <w:rsid w:val="00941BE5"/>
+    <w:rsid w:val="00942B30"/>
     <w:rsid w:val="00943CE0"/>
     <w:rsid w:val="00943D42"/>
     <w:rsid w:val="00943DD7"/>
     <w:rsid w:val="009441DA"/>
     <w:rsid w:val="009443EF"/>
     <w:rsid w:val="00945E78"/>
     <w:rsid w:val="00946AF7"/>
     <w:rsid w:val="009507DF"/>
     <w:rsid w:val="00952E3C"/>
     <w:rsid w:val="009534F6"/>
     <w:rsid w:val="00953EE4"/>
     <w:rsid w:val="009545D8"/>
     <w:rsid w:val="009565AD"/>
     <w:rsid w:val="009568FC"/>
     <w:rsid w:val="009604D7"/>
     <w:rsid w:val="00961328"/>
     <w:rsid w:val="00961D39"/>
     <w:rsid w:val="00961DE4"/>
     <w:rsid w:val="00962E90"/>
     <w:rsid w:val="00964D53"/>
     <w:rsid w:val="00965BF7"/>
     <w:rsid w:val="0096628B"/>
     <w:rsid w:val="009666E6"/>
     <w:rsid w:val="00966CB0"/>
     <w:rsid w:val="00966F42"/>
@@ -21618,99 +20672,101 @@
     <w:rsid w:val="00D82A13"/>
     <w:rsid w:val="00D83B14"/>
     <w:rsid w:val="00D846B6"/>
     <w:rsid w:val="00D877B8"/>
     <w:rsid w:val="00D87EFE"/>
     <w:rsid w:val="00D87F19"/>
     <w:rsid w:val="00D900AC"/>
     <w:rsid w:val="00D9057D"/>
     <w:rsid w:val="00D91719"/>
     <w:rsid w:val="00D91A2F"/>
     <w:rsid w:val="00D91EA8"/>
     <w:rsid w:val="00D920BF"/>
     <w:rsid w:val="00D92A78"/>
     <w:rsid w:val="00D9375C"/>
     <w:rsid w:val="00DA0740"/>
     <w:rsid w:val="00DA23CA"/>
     <w:rsid w:val="00DA2ACE"/>
     <w:rsid w:val="00DA3638"/>
     <w:rsid w:val="00DA4375"/>
     <w:rsid w:val="00DA50A2"/>
     <w:rsid w:val="00DA57A8"/>
     <w:rsid w:val="00DA5A71"/>
     <w:rsid w:val="00DA6A42"/>
     <w:rsid w:val="00DB0FF0"/>
     <w:rsid w:val="00DB10A0"/>
+    <w:rsid w:val="00DB1B1F"/>
     <w:rsid w:val="00DB213C"/>
     <w:rsid w:val="00DB246E"/>
     <w:rsid w:val="00DB27AB"/>
     <w:rsid w:val="00DB3593"/>
     <w:rsid w:val="00DB379C"/>
     <w:rsid w:val="00DB71E1"/>
     <w:rsid w:val="00DB7220"/>
     <w:rsid w:val="00DB7ACE"/>
     <w:rsid w:val="00DB7BC3"/>
     <w:rsid w:val="00DC018E"/>
     <w:rsid w:val="00DC0AEE"/>
     <w:rsid w:val="00DC1E34"/>
     <w:rsid w:val="00DC249E"/>
     <w:rsid w:val="00DC26A7"/>
     <w:rsid w:val="00DC3E85"/>
     <w:rsid w:val="00DC5C8E"/>
     <w:rsid w:val="00DC71B7"/>
     <w:rsid w:val="00DD0023"/>
     <w:rsid w:val="00DD16DE"/>
     <w:rsid w:val="00DD1D6F"/>
     <w:rsid w:val="00DD40CA"/>
     <w:rsid w:val="00DD45F7"/>
     <w:rsid w:val="00DD5097"/>
     <w:rsid w:val="00DD565A"/>
     <w:rsid w:val="00DD72F1"/>
     <w:rsid w:val="00DD7846"/>
     <w:rsid w:val="00DE153D"/>
     <w:rsid w:val="00DE1B42"/>
     <w:rsid w:val="00DE2F9A"/>
     <w:rsid w:val="00DE343B"/>
     <w:rsid w:val="00DE40C7"/>
     <w:rsid w:val="00DE425E"/>
     <w:rsid w:val="00DE5D41"/>
     <w:rsid w:val="00DE713E"/>
     <w:rsid w:val="00DF0045"/>
     <w:rsid w:val="00DF091B"/>
     <w:rsid w:val="00DF0ADD"/>
     <w:rsid w:val="00DF0FBC"/>
     <w:rsid w:val="00DF21AA"/>
     <w:rsid w:val="00DF2387"/>
     <w:rsid w:val="00DF42D9"/>
     <w:rsid w:val="00DF42DD"/>
     <w:rsid w:val="00DF59CA"/>
     <w:rsid w:val="00DF627A"/>
     <w:rsid w:val="00DF705D"/>
     <w:rsid w:val="00E00A5A"/>
     <w:rsid w:val="00E00E53"/>
     <w:rsid w:val="00E02D52"/>
     <w:rsid w:val="00E05559"/>
+    <w:rsid w:val="00E059B1"/>
     <w:rsid w:val="00E06196"/>
     <w:rsid w:val="00E06438"/>
     <w:rsid w:val="00E06565"/>
     <w:rsid w:val="00E07E2C"/>
     <w:rsid w:val="00E154EE"/>
     <w:rsid w:val="00E16324"/>
     <w:rsid w:val="00E16AEA"/>
     <w:rsid w:val="00E173DE"/>
     <w:rsid w:val="00E17DA9"/>
     <w:rsid w:val="00E17DB3"/>
     <w:rsid w:val="00E24C33"/>
     <w:rsid w:val="00E25846"/>
     <w:rsid w:val="00E2722F"/>
     <w:rsid w:val="00E2CE18"/>
     <w:rsid w:val="00E302CE"/>
     <w:rsid w:val="00E302DF"/>
     <w:rsid w:val="00E32C6B"/>
     <w:rsid w:val="00E33B89"/>
     <w:rsid w:val="00E34241"/>
     <w:rsid w:val="00E35804"/>
     <w:rsid w:val="00E3653E"/>
     <w:rsid w:val="00E37216"/>
     <w:rsid w:val="00E40120"/>
     <w:rsid w:val="00E41DE4"/>
     <w:rsid w:val="00E42C46"/>
@@ -21881,50 +20937,51 @@
     <w:rsid w:val="00FA0C47"/>
     <w:rsid w:val="00FA1AC2"/>
     <w:rsid w:val="00FA3A59"/>
     <w:rsid w:val="00FA41F0"/>
     <w:rsid w:val="00FA41F6"/>
     <w:rsid w:val="00FA5B90"/>
     <w:rsid w:val="00FA5D73"/>
     <w:rsid w:val="00FA6BB0"/>
     <w:rsid w:val="00FA79C0"/>
     <w:rsid w:val="00FB126C"/>
     <w:rsid w:val="00FB1889"/>
     <w:rsid w:val="00FB1F04"/>
     <w:rsid w:val="00FB28AC"/>
     <w:rsid w:val="00FB2F08"/>
     <w:rsid w:val="00FB40AF"/>
     <w:rsid w:val="00FB4738"/>
     <w:rsid w:val="00FB70B3"/>
     <w:rsid w:val="00FB7AEB"/>
     <w:rsid w:val="00FBF9B6"/>
     <w:rsid w:val="00FC01C8"/>
     <w:rsid w:val="00FC1C72"/>
     <w:rsid w:val="00FC2F2C"/>
     <w:rsid w:val="00FC2F75"/>
     <w:rsid w:val="00FC3671"/>
     <w:rsid w:val="00FC45FE"/>
+    <w:rsid w:val="00FC4947"/>
     <w:rsid w:val="00FC5E19"/>
     <w:rsid w:val="00FC61B1"/>
     <w:rsid w:val="00FC63CF"/>
     <w:rsid w:val="00FC7731"/>
     <w:rsid w:val="00FD0F74"/>
     <w:rsid w:val="00FD166D"/>
     <w:rsid w:val="00FD28F1"/>
     <w:rsid w:val="00FD29C5"/>
     <w:rsid w:val="00FD4433"/>
     <w:rsid w:val="00FD4C4D"/>
     <w:rsid w:val="00FD4E93"/>
     <w:rsid w:val="00FD5309"/>
     <w:rsid w:val="00FD5862"/>
     <w:rsid w:val="00FD5A23"/>
     <w:rsid w:val="00FD7E89"/>
     <w:rsid w:val="00FE1C7B"/>
     <w:rsid w:val="00FE26F9"/>
     <w:rsid w:val="00FE2757"/>
     <w:rsid w:val="00FE38E0"/>
     <w:rsid w:val="00FE400F"/>
     <w:rsid w:val="00FE514D"/>
     <w:rsid w:val="00FF10BE"/>
     <w:rsid w:val="00FF2333"/>
     <w:rsid w:val="00FF2596"/>
     <w:rsid w:val="00FF6B51"/>
@@ -22057,50 +21114,51 @@
     <w:rsid w:val="0E706027"/>
     <w:rsid w:val="0E80C7D2"/>
     <w:rsid w:val="0EC31EF1"/>
     <w:rsid w:val="0EC92099"/>
     <w:rsid w:val="0F0571C2"/>
     <w:rsid w:val="0F12C81D"/>
     <w:rsid w:val="0F2945FC"/>
     <w:rsid w:val="0F5B2B27"/>
     <w:rsid w:val="101D01CC"/>
     <w:rsid w:val="101D856E"/>
     <w:rsid w:val="102614CA"/>
     <w:rsid w:val="102D3646"/>
     <w:rsid w:val="1038570E"/>
     <w:rsid w:val="105F499D"/>
     <w:rsid w:val="1094CA0A"/>
     <w:rsid w:val="10C17CBE"/>
     <w:rsid w:val="10D63C5B"/>
     <w:rsid w:val="10E5DEEF"/>
     <w:rsid w:val="10F98CC0"/>
     <w:rsid w:val="10FCDD83"/>
     <w:rsid w:val="1106EA89"/>
     <w:rsid w:val="112E522B"/>
     <w:rsid w:val="11450034"/>
     <w:rsid w:val="115F3884"/>
     <w:rsid w:val="116239AB"/>
+    <w:rsid w:val="1177674F"/>
     <w:rsid w:val="119767AD"/>
     <w:rsid w:val="11B187DF"/>
     <w:rsid w:val="11C8B872"/>
     <w:rsid w:val="11D48936"/>
     <w:rsid w:val="11E36806"/>
     <w:rsid w:val="11F0D92C"/>
     <w:rsid w:val="12001261"/>
     <w:rsid w:val="1241E265"/>
     <w:rsid w:val="124BC4F9"/>
     <w:rsid w:val="1257A4D9"/>
     <w:rsid w:val="1267C8F9"/>
     <w:rsid w:val="128FAB5F"/>
     <w:rsid w:val="12945359"/>
     <w:rsid w:val="12A22B85"/>
     <w:rsid w:val="12C59B31"/>
     <w:rsid w:val="12DB2015"/>
     <w:rsid w:val="12E16614"/>
     <w:rsid w:val="1302FE61"/>
     <w:rsid w:val="131F727B"/>
     <w:rsid w:val="1338902C"/>
     <w:rsid w:val="13C7C8BE"/>
     <w:rsid w:val="13F75A7C"/>
     <w:rsid w:val="13F7F00B"/>
     <w:rsid w:val="14032864"/>
     <w:rsid w:val="14143406"/>
@@ -23440,51 +22498,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007F6191"/>
+    <w:rsid w:val="00587079"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek1Znak"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="002629C5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:numId w:val="18"/>
@@ -23669,51 +22727,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek9Znak"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B51BAF"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="16"/>
       </w:numPr>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
     <w:name w:val="Nagłówek 1 Znak"/>
@@ -26786,77 +25843,77 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB8C2C24-3C2C-47C1-BC66-D4E3D753D500}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1B0BE16-69D6-4936-AE3E-3330BD509008}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>25</Pages>
-[...1 lines deleted...]
-  <Characters>33283</Characters>
+  <Pages>28</Pages>
+  <Words>6429</Words>
+  <Characters>38577</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>277</Lines>
-  <Paragraphs>77</Paragraphs>
+  <Lines>321</Lines>
+  <Paragraphs>89</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>P1-Dx-XX_Nazwa_dokumentu (szablon POPC)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>38753</CharactersWithSpaces>
+  <CharactersWithSpaces>44917</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>P1-Dx-XX_Nazwa_dokumentu (szablon POPC)</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100DE13925746AB9F44A4BA4412064FBD76</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Data zatwierdzenia">